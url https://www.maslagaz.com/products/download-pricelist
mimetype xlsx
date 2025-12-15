--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -15,51 +15,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="90" windowWidth="11280" windowHeight="4950"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2255" uniqueCount="1163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2896" uniqueCount="1452">
   <si>
     <t>Номенклатурен номер</t>
   </si>
   <si>
     <t>Оригинално име</t>
   </si>
   <si>
     <t>Цена с ДДС (лв.)</t>
   </si>
   <si>
     <t>Цена с ДДС (€)</t>
   </si>
   <si>
     <t>Разфасовка</t>
   </si>
   <si>
     <t>Тегло (кг.)</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>API</t>
   </si>
   <si>
@@ -137,6693 +137,8616 @@
   <si>
     <t>7800130</t>
   </si>
   <si>
     <t>Gazpromneft Super 15W-40</t>
   </si>
   <si>
     <t>32.94</t>
   </si>
   <si>
     <t>16.84</t>
   </si>
   <si>
     <t>4 л.</t>
   </si>
   <si>
     <t>3.526</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800124</t>
+    <t>7800078</t>
   </si>
   <si>
     <t>Gazpromneft Super 15W-40</t>
   </si>
   <si>
-    <t>40.5</t>
-[...2 lines deleted...]
-    <t>20.71</t>
+    <t>1263.6</t>
+  </si>
+  <si>
+    <t>646.07</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800030</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.875</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800034</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 20W-50</t>
+  </si>
+  <si>
+    <t>33.62</t>
+  </si>
+  <si>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.548</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800006</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 15W-40</t>
+  </si>
+  <si>
+    <t>32.56</t>
+  </si>
+  <si>
+    <t>16.65</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.524</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800214</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super T-3 85W-90</t>
+  </si>
+  <si>
+    <t>182.79</t>
+  </si>
+  <si>
+    <t>93.46</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.42</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800215</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super T-3 85W-90</t>
+  </si>
+  <si>
+    <t>1724.52</t>
+  </si>
+  <si>
+    <t>881.73</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800262</t>
+  </si>
+  <si>
+    <t>Gazpromneft Promo</t>
+  </si>
+  <si>
+    <t>18.63</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>3.5 л.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t>Масло за промивка</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800003</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>2.73</t>
+  </si>
+  <si>
+    <t>1.40</t>
+  </si>
+  <si>
+    <t>150 гр.</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800004</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>3.78</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>350 гр.</t>
+  </si>
+  <si>
+    <t>0.35</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800000</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>3.78</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>150 гр.</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800049</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-2</t>
+  </si>
+  <si>
+    <t>607.5</t>
+  </si>
+  <si>
+    <t>310.61</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800081</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-3</t>
+  </si>
+  <si>
+    <t>580.5</t>
+  </si>
+  <si>
+    <t>296.81</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800061</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 5W-40</t>
+  </si>
+  <si>
+    <t>186.57</t>
+  </si>
+  <si>
+    <t>95.39</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800169</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 5W-40</t>
+  </si>
+  <si>
+    <t>1740.42</t>
+  </si>
+  <si>
+    <t>889.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800099</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 10W-40</t>
+  </si>
+  <si>
+    <t>42.26</t>
+  </si>
+  <si>
+    <t>21.61</t>
   </si>
   <si>
     <t>5 л.</t>
   </si>
   <si>
-    <t>4.408</t>
+    <t>4.361</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800076</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 15W-40</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>786.88</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800062</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-30</t>
+  </si>
+  <si>
+    <t>169.02</t>
+  </si>
+  <si>
+    <t>86.42</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.9</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800008</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-40</t>
+  </si>
+  <si>
+    <t>168.48</t>
+  </si>
+  <si>
+    <t>86.14</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800269</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>110.44</t>
+  </si>
+  <si>
+    <t>30 л.</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800242</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>356.4</t>
+  </si>
+  <si>
+    <t>182.22</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>41.97</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800064</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 10W-40</t>
+  </si>
+  <si>
+    <t>1298.7</t>
+  </si>
+  <si>
+    <t>664.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800065</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 15W-40</t>
+  </si>
+  <si>
+    <t>1287.9</t>
+  </si>
+  <si>
+    <t>658.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800134</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>37.67</t>
+  </si>
+  <si>
+    <t>19.26</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.438</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800020</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>149.58</t>
+  </si>
+  <si>
+    <t>76.48</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.1</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800021</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>218.97</t>
+  </si>
+  <si>
+    <t>111.96</t>
+  </si>
+  <si>
+    <t>30 л.</t>
+  </si>
+  <si>
+    <t>26.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800095</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>299.97</t>
+  </si>
+  <si>
+    <t>153.37</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>41.95</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800121</t>
+  </si>
+  <si>
+    <t>ТСп-15К</t>
+  </si>
+  <si>
+    <t>94.23</t>
+  </si>
+  <si>
+    <t>48.18</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>9.34</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-3</t>
+  </si>
+  <si>
+    <t>7800200</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 32</t>
+  </si>
+  <si>
+    <t>1136.97</t>
+  </si>
+  <si>
+    <t>581.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800208</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 68</t>
+  </si>
+  <si>
+    <t>1341.9</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800079</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 46</t>
+  </si>
+  <si>
+    <t>1341.9</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800143</t>
+  </si>
+  <si>
+    <t>КС-19П (А)</t>
+  </si>
+  <si>
+    <t>1281.69</t>
+  </si>
+  <si>
+    <t>655.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800119</t>
+  </si>
+  <si>
+    <t>Газпромнефть МГД-20М</t>
+  </si>
+  <si>
+    <t>1483.52</t>
+  </si>
+  <si>
+    <t>758.51</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.5</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800067</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbine Oil 32</t>
+  </si>
+  <si>
+    <t>1239.57</t>
+  </si>
+  <si>
+    <t>633.78</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800207</t>
+  </si>
+  <si>
+    <t>Термойл 26</t>
+  </si>
+  <si>
+    <t>1451.06</t>
+  </si>
+  <si>
+    <t>741.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800073</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 68</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400001</t>
+  </si>
+  <si>
+    <t>Gazpromneft Metalgrease AC</t>
+  </si>
+  <si>
+    <t>272.97</t>
+  </si>
+  <si>
+    <t>139.57</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400056</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L 00</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800179</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 90</t>
+  </si>
+  <si>
+    <t>124.47</t>
+  </si>
+  <si>
+    <t>63.64</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.2</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7800074</t>
+  </si>
+  <si>
+    <t>Газпромнефть ПМ</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>607.41</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Масло-омекотител</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800224</t>
+  </si>
+  <si>
+    <t>Тп-30</t>
+  </si>
+  <si>
+    <t>1344.6</t>
+  </si>
+  <si>
+    <t>687.48</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800181</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>173.88</t>
+  </si>
+  <si>
+    <t>88.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.86</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800236</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>1612.71</t>
+  </si>
+  <si>
+    <t>824.57</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800182</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 150</t>
+  </si>
+  <si>
+    <t>167.4</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.9</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800219</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 680</t>
+  </si>
+  <si>
+    <t>172.8</t>
+  </si>
+  <si>
+    <t>88.35</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800063</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 46</t>
+  </si>
+  <si>
+    <t>1239.84</t>
+  </si>
+  <si>
+    <t>633.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800072</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor F 220</t>
+  </si>
+  <si>
+    <t>3072.6</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800142</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 100</t>
+  </si>
+  <si>
+    <t>1447.74</t>
+  </si>
+  <si>
+    <t>740.22</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800107</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 220</t>
+  </si>
+  <si>
+    <t>1484.19</t>
+  </si>
+  <si>
+    <t>758.85</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800115</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor S Synth 100</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>773.07</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800256</t>
+  </si>
+  <si>
+    <t>Gazpromneft Motor Oil 40</t>
+  </si>
+  <si>
+    <t>127.71</t>
+  </si>
+  <si>
+    <t>65.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.26</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SC/CA</t>
+  </si>
+  <si>
+    <t>7800086</t>
+  </si>
+  <si>
+    <t>Gazpromneft Motor Oil 40</t>
+  </si>
+  <si>
+    <t>1190.97</t>
+  </si>
+  <si>
+    <t>608.93</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SC/CA</t>
+  </si>
+  <si>
+    <t>7800167</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 20W-50</t>
+  </si>
+  <si>
+    <t>9.26</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.886</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF</t>
+  </si>
+  <si>
+    <t>7400029</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L 2</t>
+  </si>
+  <si>
+    <t>175.5</t>
+  </si>
+  <si>
+    <t>89.73</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800282</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 2</t>
+  </si>
+  <si>
+    <t>7.29</t>
+  </si>
+  <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>400 гр.</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400052</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LTS 2</t>
+  </si>
+  <si>
+    <t>168.21</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800091</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>142.83</t>
+  </si>
+  <si>
+    <t>73.03</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800197</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 15</t>
+  </si>
+  <si>
+    <t>159.57</t>
+  </si>
+  <si>
+    <t>81.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>16.8</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800153</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 46</t>
+  </si>
+  <si>
+    <t>141.48</t>
+  </si>
+  <si>
+    <t>72.34</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300078</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 68</t>
+  </si>
+  <si>
+    <t>1348.11</t>
+  </si>
+  <si>
+    <t>689.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.99</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800232</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 100</t>
+  </si>
+  <si>
+    <t>1369.71</t>
+  </si>
+  <si>
+    <t>700.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800118</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 220</t>
+  </si>
+  <si>
+    <t>1455.3</t>
+  </si>
+  <si>
+    <t>744.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800194</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 680</t>
+  </si>
+  <si>
+    <t>1554.12</t>
+  </si>
+  <si>
+    <t>794.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800103</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 5W-30</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800147</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>9.07</t>
+  </si>
+  <si>
+    <t>4.64</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.873</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800139</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>32.94</t>
+  </si>
+  <si>
+    <t>16.84</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.492</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800128</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>1499.85</t>
+  </si>
+  <si>
+    <t>766.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800279</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 20W-50</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800278</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 20W-50</t>
+  </si>
+  <si>
+    <t>34.02</t>
+  </si>
+  <si>
+    <t>17.39</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800154</t>
+  </si>
+  <si>
+    <t>Gazpromneft Industrial 30</t>
+  </si>
+  <si>
+    <t>1111.86</t>
+  </si>
+  <si>
+    <t>568.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800165</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.876</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800280</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium N 5W-40</t>
+  </si>
+  <si>
+    <t>1782.27</t>
+  </si>
+  <si>
+    <t>911.26</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800149</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium GF-5 5W-30</t>
+  </si>
+  <si>
+    <t>43.2</t>
+  </si>
+  <si>
+    <t>22.09</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.396</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN//GF-5</t>
+  </si>
+  <si>
+    <t>7800136</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>5.99</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.856</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800295</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>193.05</t>
+  </si>
+  <si>
+    <t>98.70</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800137</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>1682.91</t>
+  </si>
+  <si>
+    <t>860.46</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800110</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>32.13</t>
+  </si>
+  <si>
+    <t>16.43</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.468</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800233</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>170.1</t>
+  </si>
+  <si>
+    <t>86.97</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.71</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300106</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>2049.3</t>
+  </si>
+  <si>
+    <t>1047.79</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174.05</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7800135</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>174.15</t>
+  </si>
+  <si>
+    <t>89.04</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800127</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLPD 46</t>
+  </si>
+  <si>
+    <t>1331.64</t>
+  </si>
+  <si>
+    <t>680.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900001</t>
+  </si>
+  <si>
+    <t>G-Energy Expert L 5W-30</t>
+  </si>
+  <si>
+    <t>42.84</t>
+  </si>
+  <si>
+    <t>21.90</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.295</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900003</t>
+  </si>
+  <si>
+    <t>G-Energy Expert L 5W-40</t>
+  </si>
+  <si>
+    <t>42.56</t>
+  </si>
+  <si>
+    <t>21.76</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900011</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 10W-40</t>
+  </si>
+  <si>
+    <t>207.2</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.78</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900012</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 10W-40</t>
+  </si>
+  <si>
+    <t>1808.8</t>
+  </si>
+  <si>
+    <t>924.82</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900013</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 15W-40</t>
+  </si>
+  <si>
+    <t>193.48</t>
+  </si>
+  <si>
+    <t>98.92</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900009</t>
+  </si>
+  <si>
+    <t>G-Profi MSI 10W-40</t>
+  </si>
+  <si>
+    <t>207.2</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900010</t>
+  </si>
+  <si>
+    <t>G-Profi MSI 10W-40</t>
+  </si>
+  <si>
+    <t>1957.48</t>
+  </si>
+  <si>
+    <t>1000.84</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900017</t>
+  </si>
+  <si>
+    <t>G-Profi GT 10W-40</t>
+  </si>
+  <si>
+    <t>231.28</t>
+  </si>
+  <si>
+    <t>118.25</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7900019</t>
+  </si>
+  <si>
+    <t>G-Profi GT LA 10W-40</t>
+  </si>
+  <si>
+    <t>240.24</t>
+  </si>
+  <si>
+    <t>122.83</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CJ-4/CI-4</t>
+  </si>
+  <si>
+    <t>7900020</t>
+  </si>
+  <si>
+    <t>G-Profi GT LA 10W-40</t>
+  </si>
+  <si>
+    <t>2337.16</t>
+  </si>
+  <si>
+    <t>1194.97</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CJ-4/CI-4</t>
+  </si>
+  <si>
+    <t>7900023</t>
+  </si>
+  <si>
+    <t>G-Special STOU 10W-40</t>
+  </si>
+  <si>
+    <t>194.6</t>
+  </si>
+  <si>
+    <t>99.50</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/SE/CG-4/CF-4/CE/CD/CF/GL-4</t>
+  </si>
+  <si>
+    <t>7900024</t>
+  </si>
+  <si>
+    <t>G-Special STOU 10W-40</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>944.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/SE/CG-4/CF-4/CE/CD/CF/GL-4</t>
+  </si>
+  <si>
+    <t>7800199</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз 80</t>
+  </si>
+  <si>
+    <t>1434.51</t>
+  </si>
+  <si>
+    <t>733.45</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800238</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>26.27</t>
+  </si>
+  <si>
+    <t>13.43</t>
+  </si>
+  <si>
+    <t>5 кг.</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800257</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>51.65</t>
+  </si>
+  <si>
+    <t>26.41</t>
+  </si>
+  <si>
+    <t>10 кг.</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800161</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 46</t>
+  </si>
+  <si>
+    <t>117.32</t>
+  </si>
+  <si>
+    <t>59.98</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.62</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300119</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 75W-90</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.4</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800205</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>6.43</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.852</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800298</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>48.17</t>
+  </si>
+  <si>
+    <t>24.63</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.408</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800229</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 68</t>
+  </si>
+  <si>
+    <t>131.22</t>
+  </si>
+  <si>
+    <t>67.09</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800157</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-2</t>
+  </si>
+  <si>
+    <t>2192.67</t>
+  </si>
+  <si>
+    <t>1121.09</t>
+  </si>
+  <si>
+    <t>170 кг.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800184</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease HighSpeed EP 3</t>
+  </si>
+  <si>
+    <t>9.72</t>
+  </si>
+  <si>
+    <t>4.97</t>
+  </si>
+  <si>
+    <t>400 гр.</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800222</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>32.35</t>
+  </si>
+  <si>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.525</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800217</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>1415.61</t>
+  </si>
+  <si>
+    <t>723.79</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7400048</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 10W</t>
+  </si>
+  <si>
+    <t>170.8</t>
+  </si>
+  <si>
+    <t>87.33</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900025</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 10W</t>
+  </si>
+  <si>
+    <t>1734.6</t>
+  </si>
+  <si>
+    <t>886.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900066</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 30</t>
+  </si>
+  <si>
+    <t>186.48</t>
+  </si>
+  <si>
+    <t>95.35</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.3</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900026</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 30</t>
+  </si>
+  <si>
+    <t>1855.14</t>
+  </si>
+  <si>
+    <t>948.52</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300114</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 85W-140</t>
+  </si>
+  <si>
+    <t>1821.15</t>
+  </si>
+  <si>
+    <t>931.14</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185.73</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7400015</t>
+  </si>
+  <si>
+    <t>G-Energy S Synth 10W-40</t>
+  </si>
+  <si>
+    <t>48.16</t>
+  </si>
+  <si>
+    <t>24.62</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.474</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7400009</t>
+  </si>
+  <si>
+    <t>G-Energy Service Line W 5W-30</t>
+  </si>
+  <si>
+    <t>2870</t>
+  </si>
+  <si>
+    <t>1467.41</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800155</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LX EP 2</t>
+  </si>
+  <si>
+    <t>3267</t>
+  </si>
+  <si>
+    <t>1670.39</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400006</t>
+  </si>
+  <si>
+    <t>G-Profi MSI Plus 15W-40</t>
+  </si>
+  <si>
+    <t>183.4</t>
+  </si>
+  <si>
+    <t>93.77</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.68</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800203</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium N 5W-40</t>
+  </si>
+  <si>
+    <t>487.35</t>
+  </si>
+  <si>
+    <t>249.18</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.69</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300000</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>561.06</t>
+  </si>
+  <si>
+    <t>286.87</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300002</t>
+  </si>
+  <si>
+    <t>Gazpromneft X STOU 10W-40</t>
+  </si>
+  <si>
+    <t>515.7</t>
+  </si>
+  <si>
+    <t>263.67</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Универсално масло</t>
+  </si>
+  <si>
+    <t>SF/CG-4/GL-4</t>
+  </si>
+  <si>
+    <t>7200000</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line W 5W-30</t>
+  </si>
+  <si>
+    <t>742.23</t>
+  </si>
+  <si>
+    <t>379.50</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7200003</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Diesel E4 5W-30</t>
+  </si>
+  <si>
+    <t>724.23</t>
+  </si>
+  <si>
+    <t>370.29</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7200002</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Diesel E4 5W-30</t>
+  </si>
+  <si>
+    <t>2077.92</t>
+  </si>
+  <si>
+    <t>1062.42</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400022</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 46</t>
+  </si>
+  <si>
+    <t>1117.8</t>
+  </si>
+  <si>
+    <t>571.52</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>183.04</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400031</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Marine 30</t>
+  </si>
+  <si>
+    <t>1206.9</t>
+  </si>
+  <si>
+    <t>617.08</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>186.37</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>7800220</t>
+  </si>
+  <si>
+    <t>Gazpromneft Steelgrease CS 2</t>
+  </si>
+  <si>
+    <t>432.89</t>
+  </si>
+  <si>
+    <t>221.33</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800210</t>
+  </si>
+  <si>
+    <t>Gazpromneft ГК марка 1</t>
+  </si>
+  <si>
+    <t>1349.46</t>
+  </si>
+  <si>
+    <t>689.97</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800225</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>1213.11</t>
+  </si>
+  <si>
+    <t>620.25</t>
+  </si>
+  <si>
+    <t>200 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7900042</t>
+  </si>
+  <si>
+    <t>G-Profi MSF 15W-40</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>100.21</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CF-4</t>
+  </si>
+  <si>
+    <t>7900041</t>
+  </si>
+  <si>
+    <t>G-Profi MSF 15W-40</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>916.24</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CF-4</t>
+  </si>
+  <si>
+    <t>7800230</t>
+  </si>
+  <si>
+    <t>Gazpromneft Universal Grease</t>
+  </si>
+  <si>
+    <t>2.84</t>
+  </si>
+  <si>
+    <t>1.45</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900046</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>50.4</t>
+  </si>
+  <si>
+    <t>25.77</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.396</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900047</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>62.44</t>
+  </si>
+  <si>
+    <t>31.93</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.245</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800228</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 10W-40</t>
+  </si>
+  <si>
+    <t>9.32</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.873</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>7800284</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 10W-30</t>
+  </si>
+  <si>
+    <t>7.97</t>
+  </si>
+  <si>
+    <t>4.07</t>
+  </si>
+  <si>
+    <t>800 мл.</t>
+  </si>
+  <si>
+    <t>0.7</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>7800218</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>1.42</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400040</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth C2&amp;sol;C3 5W-30</t>
+  </si>
+  <si>
+    <t>15.12</t>
+  </si>
+  <si>
+    <t>7.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.844</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7400033</t>
+  </si>
+  <si>
+    <t>G-Energy S Synth 10W-40</t>
+  </si>
+  <si>
+    <t>2335.2</t>
+  </si>
+  <si>
+    <t>1193.97</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>181.37</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900040</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-40</t>
+  </si>
+  <si>
+    <t>554.68</t>
+  </si>
+  <si>
+    <t>283.60</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.61</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900039</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Long Life 10W-40</t>
+  </si>
+  <si>
+    <t>516.6</t>
+  </si>
+  <si>
+    <t>264.13</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.76</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7400038</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 10W-40</t>
+  </si>
+  <si>
+    <t>250.04</t>
+  </si>
+  <si>
+    <t>127.84</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.32</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900071</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 10W-40</t>
+  </si>
+  <si>
+    <t>2562</t>
+  </si>
+  <si>
+    <t>1309.93</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900072</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 5W-30</t>
+  </si>
+  <si>
+    <t>2562</t>
+  </si>
+  <si>
+    <t>1309.93</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900051</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-40</t>
+  </si>
+  <si>
+    <t>2234.68</t>
+  </si>
+  <si>
+    <t>1142.57</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900050</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Long Life 10W-40</t>
+  </si>
+  <si>
+    <t>2084.04</t>
+  </si>
+  <si>
+    <t>1065.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7400042</t>
+  </si>
+  <si>
+    <t>G-Profi MSJ 10W-30</t>
+  </si>
+  <si>
+    <t>2117.92</t>
+  </si>
+  <si>
+    <t>1082.88</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>180.54</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CJ-4</t>
+  </si>
+  <si>
+    <t>7900053</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>2086</t>
+  </si>
+  <si>
+    <t>1066.56</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900054</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-30</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>293.48</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.57</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900052</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-30</t>
+  </si>
+  <si>
+    <t>2324</t>
+  </si>
+  <si>
+    <t>1188.24</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800245</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>4.86</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>300 гр.</t>
+  </si>
+  <si>
+    <t>0.3</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900055</t>
+  </si>
+  <si>
+    <t>G-Motion 4T 5W-30</t>
+  </si>
+  <si>
+    <t>11.7</t>
+  </si>
+  <si>
+    <t>5.98</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800251</t>
+  </si>
+  <si>
+    <t>Gazpromneft HD 40</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>7800247</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LTS 2</t>
+  </si>
+  <si>
+    <t>194.94</t>
+  </si>
+  <si>
+    <t>99.67</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900056</t>
+  </si>
+  <si>
+    <t>G-Motion 2T</t>
+  </si>
+  <si>
+    <t>10.44</t>
+  </si>
+  <si>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300015</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 15W-40</t>
+  </si>
+  <si>
+    <t>39.42</t>
+  </si>
+  <si>
+    <t>20.16</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300027</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra Plus 10W-40</t>
+  </si>
+  <si>
+    <t>184.28</t>
+  </si>
+  <si>
+    <t>94.22</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.2</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7300023</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>65.48</t>
+  </si>
+  <si>
+    <t>33.48</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.79</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800259</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>397.71</t>
+  </si>
+  <si>
+    <t>203.35</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300055</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 10W-40</t>
+  </si>
+  <si>
+    <t>446.39</t>
+  </si>
+  <si>
+    <t>228.24</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>52.38</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900057</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>615.16</t>
+  </si>
+  <si>
+    <t>314.53</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.3</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300044</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>46.66</t>
+  </si>
+  <si>
+    <t>23.86</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300051</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>32.94</t>
+  </si>
+  <si>
+    <t>16.84</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800078</t>
+    <t>7300043</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300052</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>27.76</t>
+  </si>
+  <si>
+    <t>14.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.54</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300058</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>1618.11</t>
+  </si>
+  <si>
+    <t>827.33</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.61</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300057</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-5 80W-90</t>
+  </si>
+  <si>
+    <t>1505.25</t>
+  </si>
+  <si>
+    <t>769.62</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.27</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300060</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>427.95</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300032</t>
+  </si>
+  <si>
+    <t>Gazpromneft Form Oil</t>
+  </si>
+  <si>
+    <t>68.31</t>
+  </si>
+  <si>
+    <t>34.93</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.52</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300029</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-5 80W-90</t>
+  </si>
+  <si>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>4.69</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300042</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line C3 5W-40</t>
+  </si>
+  <si>
+    <t>10.1</t>
+  </si>
+  <si>
+    <t>5.16</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300045</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line C3 5W-40</t>
+  </si>
+  <si>
+    <t>37.26</t>
+  </si>
+  <si>
+    <t>19.05</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300036</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Line 10W-40</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300062</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>4.86</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300063</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>24.03</t>
+  </si>
+  <si>
+    <t>12.29</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>5.63</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300026</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-30</t>
+  </si>
+  <si>
+    <t>46.44</t>
+  </si>
+  <si>
+    <t>23.74</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300066</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 90</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>4.46</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7300068</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>6.09</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300073</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 2T</t>
+  </si>
+  <si>
+    <t>5.67</t>
+  </si>
+  <si>
+    <t>2.90</t>
+  </si>
+  <si>
+    <t>0.5 л.</t>
+  </si>
+  <si>
+    <t>0.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300070</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 30</t>
+  </si>
+  <si>
+    <t>1782.27</t>
+  </si>
+  <si>
+    <t>911.26</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.75</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300096</t>
+  </si>
+  <si>
+    <t>Gazpromneft 2T Synth</t>
+  </si>
+  <si>
+    <t>10.91</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300101</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>173.88</t>
+  </si>
+  <si>
+    <t>88.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300104</t>
+  </si>
+  <si>
+    <t>Gazpromneft Screenwash Winter</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
+    <t>3.82</t>
+  </si>
+  <si>
+    <t>3 л.</t>
+  </si>
+  <si>
+    <t>2.88</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800265</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 00</t>
+  </si>
+  <si>
+    <t>1803.6</t>
+  </si>
+  <si>
+    <t>922.17</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800266</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 1</t>
+  </si>
+  <si>
+    <t>273.78</t>
+  </si>
+  <si>
+    <t>139.98</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800268</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>13.23</t>
+  </si>
+  <si>
+    <t>6.76</t>
+  </si>
+  <si>
+    <t>800 гр.</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300094</t>
+  </si>
+  <si>
+    <t>Gazpromneft X STOU 10W-40</t>
+  </si>
+  <si>
+    <t>1766.61</t>
+  </si>
+  <si>
+    <t>903.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.76</t>
+  </si>
+  <si>
+    <t>Универсално масло</t>
+  </si>
+  <si>
+    <t>SF/CG-4/GL-4</t>
+  </si>
+  <si>
+    <t>7300089</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 140</t>
+  </si>
+  <si>
+    <t>1328.67</t>
+  </si>
+  <si>
+    <t>679.34</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7300093</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 75W-90</t>
+  </si>
+  <si>
+    <t>1911.06</t>
+  </si>
+  <si>
+    <t>977.11</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.35</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800272</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L MOLY EP 2</t>
+  </si>
+  <si>
+    <t>2698.11</t>
+  </si>
+  <si>
+    <t>1379.52</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300111</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 20W-50</t>
+  </si>
+  <si>
+    <t>9.26</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF</t>
+  </si>
+  <si>
+    <t>7300113</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-4 80W-90</t>
+  </si>
+  <si>
+    <t>153.36</t>
+  </si>
+  <si>
+    <t>78.41</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.88</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7900058</t>
+  </si>
+  <si>
+    <t>G-Energy Service Line W 5W-40</t>
+  </si>
+  <si>
+    <t>20.72</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7900062</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 10W-30</t>
+  </si>
+  <si>
+    <t>311.08</t>
+  </si>
+  <si>
+    <t>159.05</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.63</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7900061</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 15W-40</t>
+  </si>
+  <si>
+    <t>272.44</t>
+  </si>
+  <si>
+    <t>139.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.76</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7300107</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>4.45</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.881</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300125</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>32.35</t>
+  </si>
+  <si>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300126</t>
   </si>
   <si>
     <t>Gazpromneft Super 15W-40</t>
   </si>
   <si>
-    <t>1263.6</t>
-[...2 lines deleted...]
-    <t>646.07</t>
+    <t>8.78</t>
+  </si>
+  <si>
+    <t>4.49</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300120</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 220</t>
+  </si>
+  <si>
+    <t>1455.3</t>
+  </si>
+  <si>
+    <t>744.08</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
+    <t>183.3</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800273</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>1.42</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900065</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 5W-30</t>
+  </si>
+  <si>
+    <t>2912</t>
+  </si>
+  <si>
+    <t>1488.88</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4</t>
+  </si>
+  <si>
+    <t>7300139</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 100</t>
+  </si>
+  <si>
+    <t>1580.85</t>
+  </si>
+  <si>
+    <t>808.28</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300140</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>39.96</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.41</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300137</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>167.4</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300138</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 30</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>91.80</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300133</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>2400.3</t>
+  </si>
+  <si>
+    <t>1227.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.35</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300135</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra 5W-30</t>
+  </si>
+  <si>
+    <t>2011.5</t>
+  </si>
+  <si>
+    <t>1028.46</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800277</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>170 кг.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900063</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth 5W-40</t>
+  </si>
+  <si>
+    <t>65.52</t>
+  </si>
+  <si>
+    <t>33.50</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800286</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 30</t>
+  </si>
+  <si>
+    <t>6.7</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>800 мл.</t>
+  </si>
+  <si>
+    <t>0.71</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300142</t>
+  </si>
+  <si>
+    <t>G-Energy Premium C3 5W-30</t>
+  </si>
+  <si>
+    <t>63.69</t>
+  </si>
+  <si>
+    <t>32.56</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300128</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-30</t>
+  </si>
+  <si>
+    <t>1765.49</t>
+  </si>
+  <si>
+    <t>902.68</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177.74</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4</t>
+  </si>
+  <si>
+    <t>7300127</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-30</t>
+  </si>
+  <si>
+    <t>180.48</t>
+  </si>
+  <si>
+    <t>92.28</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.34</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4</t>
+  </si>
+  <si>
+    <t>7300129</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-40</t>
+  </si>
+  <si>
+    <t>199.8</t>
+  </si>
+  <si>
+    <t>102.16</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4</t>
+  </si>
+  <si>
+    <t>7300131</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 15W-40</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7300148</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>8.64</t>
+  </si>
+  <si>
+    <t>4.42</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300149</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>33.48</t>
+  </si>
+  <si>
+    <t>17.12</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.55</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300150</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>41.85</t>
+  </si>
+  <si>
+    <t>21.40</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300136</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF Suffix A</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900067</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth 5W-40</t>
+  </si>
+  <si>
+    <t>17.53</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800290</t>
+  </si>
+  <si>
+    <t>Gazpromneft PS Fluid</t>
+  </si>
+  <si>
+    <t>8.1</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300156</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>5.48</t>
+  </si>
+  <si>
+    <t>2.80</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1.07</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900068</t>
+  </si>
+  <si>
+    <t>G-Box ATF Far East</t>
+  </si>
+  <si>
+    <t>16.24</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900069</t>
+  </si>
+  <si>
+    <t>G-Box DCT</t>
+  </si>
+  <si>
+    <t>23.1</t>
+  </si>
+  <si>
+    <t>11.81</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800292</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium A5B5 5W-30</t>
+  </si>
+  <si>
+    <t>12.29</t>
+  </si>
+  <si>
+    <t>6.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800288</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 460</t>
+  </si>
+  <si>
+    <t>1363.5</t>
+  </si>
+  <si>
+    <t>697.15</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300147</t>
+  </si>
+  <si>
+    <t>Gazpromneft Screenwash Summer</t>
+  </si>
+  <si>
+    <t>3.58</t>
+  </si>
+  <si>
+    <t>1.83</t>
+  </si>
+  <si>
+    <t>3 л.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900070</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Extra Life 5W-30</t>
+  </si>
+  <si>
+    <t>24.92</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7800294</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium A5B5 5W-30</t>
+  </si>
+  <si>
+    <t>45.5</t>
+  </si>
+  <si>
+    <t>23.26</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.41</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800296</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>130.95</t>
+  </si>
+  <si>
+    <t>66.95</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800509</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 15W-40</t>
+  </si>
+  <si>
+    <t>1287.9</t>
+  </si>
+  <si>
+    <t>658.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800537</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 20W-50</t>
+  </si>
+  <si>
+    <t>1306.8</t>
+  </si>
+  <si>
+    <t>668.16</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800503</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 10W-40</t>
+  </si>
+  <si>
+    <t>1582.2</t>
+  </si>
+  <si>
+    <t>808.97</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800508</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 15W-40</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>786.88</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800534</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-40</t>
+  </si>
+  <si>
+    <t>1464.75</t>
+  </si>
+  <si>
+    <t>748.91</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800535</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>1410.75</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800516</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra LA 10W-40</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1021.56</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800531</t>
+  </si>
+  <si>
+    <t>М-10В2</t>
+  </si>
+  <si>
+    <t>1074.6</t>
+  </si>
+  <si>
+    <t>549.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CB</t>
+  </si>
+  <si>
+    <t>7800514</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 5W-40</t>
+  </si>
+  <si>
+    <t>1590.3</t>
+  </si>
+  <si>
+    <t>813.11</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800510</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>648.83</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800515</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 15W-40</t>
+  </si>
+  <si>
+    <t>1204.2</t>
+  </si>
+  <si>
+    <t>615.70</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
     <t>180</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800504</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 20W-50</t>
+  </si>
+  <si>
+    <t>1266.3</t>
+  </si>
+  <si>
+    <t>647.45</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7500503</t>
+  </si>
+  <si>
+    <t>1206.9</t>
+  </si>
+  <si>
+    <t>617.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800506</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 2T</t>
+  </si>
+  <si>
+    <t>1239.3</t>
+  </si>
+  <si>
+    <t>633.64</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800532</t>
+  </si>
+  <si>
+    <t>Gazpromneft Form Oil 135</t>
+  </si>
+  <si>
+    <t>1293.3</t>
+  </si>
+  <si>
+    <t>661.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Кофражно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800520</t>
+  </si>
+  <si>
+    <t>И-12А</t>
+  </si>
+  <si>
+    <t>1075.14</t>
+  </si>
+  <si>
+    <t>549.71</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800533</t>
+  </si>
+  <si>
+    <t>И-20А</t>
+  </si>
+  <si>
+    <t>1093.5</t>
+  </si>
+  <si>
+    <t>559.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800521</t>
+  </si>
+  <si>
+    <t>И-40А</t>
+  </si>
+  <si>
+    <t>1100.25</t>
+  </si>
+  <si>
+    <t>562.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800512</t>
+  </si>
+  <si>
+    <t>Gazpromneft HTO 32</t>
+  </si>
+  <si>
+    <t>1418.85</t>
+  </si>
+  <si>
+    <t>725.45</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800525</t>
+  </si>
+  <si>
+    <t>Термойл 16</t>
+  </si>
+  <si>
+    <t>1435.05</t>
+  </si>
+  <si>
+    <t>733.73</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800527</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 68</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800505</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 460</t>
+  </si>
+  <si>
+    <t>1552.5</t>
+  </si>
+  <si>
+    <t>793.78</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800541</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 68</t>
+  </si>
+  <si>
+    <t>1341.9</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800501</t>
+  </si>
+  <si>
+    <t>1363.5</t>
+  </si>
+  <si>
+    <t>697.15</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800540</t>
+  </si>
+  <si>
+    <t>1410.75</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800530</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>1601.1</t>
+  </si>
+  <si>
+    <t>818.63</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800507</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 90</t>
+  </si>
+  <si>
+    <t>1379.7</t>
+  </si>
+  <si>
+    <t>705.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800511</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 80W-90</t>
+  </si>
+  <si>
+    <t>1344.87</t>
+  </si>
+  <si>
+    <t>687.62</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800523</t>
+  </si>
+  <si>
+    <t>ТСп-15К</t>
+  </si>
+  <si>
+    <t>1369.71</t>
+  </si>
+  <si>
+    <t>700.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-3</t>
+  </si>
+  <si>
+    <t>7800517</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 32</t>
+  </si>
+  <si>
+    <t>1074.6</t>
+  </si>
+  <si>
+    <t>549.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800518</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 46</t>
+  </si>
+  <si>
+    <t>1078.65</t>
+  </si>
+  <si>
+    <t>551.51</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800519</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 68</t>
+  </si>
+  <si>
+    <t>1098.63</t>
+  </si>
+  <si>
+    <t>561.72</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800513</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 46</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>579.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800528</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>1171.8</t>
+  </si>
+  <si>
+    <t>599.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800529</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 32</t>
+  </si>
+  <si>
+    <t>1424.25</t>
+  </si>
+  <si>
+    <t>728.21</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800502</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 46</t>
+  </si>
+  <si>
+    <t>1348.65</t>
+  </si>
+  <si>
+    <t>689.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800526</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 46</t>
+  </si>
+  <si>
+    <t>1239.84</t>
+  </si>
+  <si>
+    <t>633.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800539</t>
+  </si>
+  <si>
+    <t>МГЕ-46В</t>
+  </si>
+  <si>
+    <t>1275.75</t>
+  </si>
+  <si>
+    <t>652.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500500</t>
+  </si>
+  <si>
+    <t>1198.8</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500501</t>
+  </si>
+  <si>
+    <t>1198.8</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500502</t>
+  </si>
+  <si>
+    <t>1198.8</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800524</t>
+  </si>
+  <si>
+    <t>Gazpromneft Cutoil GR 10</t>
+  </si>
+  <si>
+    <t>1714.5</t>
+  </si>
+  <si>
+    <t>876.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000070</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 150</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>800.68</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.93</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000082</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 150</t>
+  </si>
+  <si>
+    <t>167.4</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.85</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000069</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 40</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>427.95</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000068</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 85W-140</t>
+  </si>
+  <si>
+    <t>187.65</t>
+  </si>
+  <si>
+    <t>95.94</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.09</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000027</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 85W-140</t>
+  </si>
+  <si>
+    <t>1821.15</t>
+  </si>
+  <si>
+    <t>931.14</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185.45</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000066</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000067</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>32.4</t>
+  </si>
+  <si>
+    <t>16.57</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000065</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>1439.1</t>
+  </si>
+  <si>
+    <t>735.80</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000063</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>37.26</t>
+  </si>
+  <si>
+    <t>19.05</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000051</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 220</t>
+  </si>
+  <si>
+    <t>1474.2</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.66</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000050</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>1066.5</t>
+  </si>
+  <si>
+    <t>545.29</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000008</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>62.1</t>
+  </si>
+  <si>
+    <t>31.75</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>11.21</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000014</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>6.62</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000045</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS SAE 15W-40</t>
+  </si>
+  <si>
+    <t>34.16</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000015</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS SAE 15W-40</t>
+  </si>
+  <si>
+    <t>8.61</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000046</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT PLUS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>177.39</t>
+  </si>
+  <si>
+    <t>90.70</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000016</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT PLUS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>1660.5</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000047</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>512.46</t>
+  </si>
+  <si>
+    <t>262.02</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>53.22</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800030</t>
-[...5 lines deleted...]
-    <t>8.37</t>
+    <t>7000062</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>41.58</t>
+  </si>
+  <si>
+    <t>21.26</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000036</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>8.78</t>
+  </si>
+  <si>
+    <t>4.49</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000037</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>33.62</t>
+  </si>
+  <si>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000056</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>10.53</t>
+  </si>
+  <si>
+    <t>5.38</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000059</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>46.17</t>
+  </si>
+  <si>
+    <t>23.61</t>
+  </si>
+  <si>
+    <t>5 л.</t>
   </si>
   <si>
     <t>4.28</t>
   </si>
   <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000032</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>37.53</t>
+  </si>
+  <si>
+    <t>19.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000048</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>8.1</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
     <t>1 л.</t>
   </si>
   <si>
-    <t>0.875</t>
+    <t>0.87</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SF/CC</t>
   </si>
   <si>
-    <t>7800034</t>
-[...8 lines deleted...]
-    <t>17.19</t>
+    <t>7000064</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>36.05</t>
+  </si>
+  <si>
+    <t>18.43</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7000038</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>30.38</t>
+  </si>
+  <si>
+    <t>15.53</t>
   </si>
   <si>
     <t>4 л.</t>
   </si>
   <si>
-    <t>3.548</t>
+    <t>3.49</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SF/CC</t>
   </si>
   <si>
-    <t>7800006</t>
-[...8 lines deleted...]
-    <t>16.65</t>
+    <t>7000049</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT SAE 15W-40</t>
+  </si>
+  <si>
+    <t>175.5</t>
+  </si>
+  <si>
+    <t>89.73</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000052</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 68</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.41</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000073</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 68</t>
+  </si>
+  <si>
+    <t>141.21</t>
+  </si>
+  <si>
+    <t>72.20</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000053</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>4.82</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000054</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>36.18</t>
+  </si>
+  <si>
+    <t>18.50</t>
   </si>
   <si>
     <t>4 л.</t>
   </si>
   <si>
-    <t>3.524</t>
+    <t>3.48</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SL/CF</t>
   </si>
   <si>
-    <t>7800214</t>
-[...8 lines deleted...]
-    <t>93.46</t>
+    <t>7000060</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>45.09</t>
+  </si>
+  <si>
+    <t>23.05</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000055</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT EURO SAE 10W-40</t>
+  </si>
+  <si>
+    <t>2241</t>
+  </si>
+  <si>
+    <t>1145.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CI-4</t>
+  </si>
+  <si>
+    <t>7000039</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT EURO SAE 10W-40</t>
+  </si>
+  <si>
+    <t>234.9</t>
+  </si>
+  <si>
+    <t>120.10</t>
   </si>
   <si>
     <t>20 л.</t>
   </si>
   <si>
-    <t>18.42</t>
+    <t>17.21</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CI-4</t>
+  </si>
+  <si>
+    <t>7000057</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-30</t>
+  </si>
+  <si>
+    <t>57.78</t>
+  </si>
+  <si>
+    <t>29.54</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000074</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-30</t>
+  </si>
+  <si>
+    <t>12.83</t>
+  </si>
+  <si>
+    <t>6.56</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000058</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>57.92</t>
+  </si>
+  <si>
+    <t>29.61</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000031</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>12.69</t>
+  </si>
+  <si>
+    <t>6.49</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000071</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>49.01</t>
+  </si>
+  <si>
+    <t>25.06</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000061</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>41.85</t>
+  </si>
+  <si>
+    <t>21.40</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000033</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000034</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>34.29</t>
+  </si>
+  <si>
+    <t>17.53</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.49</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000035</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 15W-40</t>
+  </si>
+  <si>
+    <t>72.36</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000024</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>2357.1</t>
+  </si>
+  <si>
+    <t>1205.17</t>
+  </si>
+  <si>
+    <t>1000 л.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000000</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>14.85</t>
+  </si>
+  <si>
+    <t>7.59</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000092</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>24.17</t>
+  </si>
+  <si>
+    <t>12.36</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000040</t>
+  </si>
+  <si>
+    <t>NISOTEC SUPER LONG SAE 20W-50</t>
+  </si>
+  <si>
+    <t>164.7</t>
+  </si>
+  <si>
+    <t>84.21</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.74</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4/CG-4/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7000030</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE PS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>561.06</t>
+  </si>
+  <si>
+    <t>286.87</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>52.26</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000011</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 32</t>
+  </si>
+  <si>
+    <t>1123.2</t>
+  </si>
+  <si>
+    <t>574.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.69</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000004</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 32</t>
+  </si>
+  <si>
+    <t>122.85</t>
+  </si>
+  <si>
+    <t>62.81</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.43</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000003</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>64.26</t>
+  </si>
+  <si>
+    <t>32.86</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.66</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000012</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>579.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000005</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>124.2</t>
+  </si>
+  <si>
+    <t>63.50</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000028</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 68</t>
+  </si>
+  <si>
+    <t>1171.8</t>
+  </si>
+  <si>
+    <t>599.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.39</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000001</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 100</t>
+  </si>
+  <si>
+    <t>1447.74</t>
+  </si>
+  <si>
+    <t>740.22</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181.29</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000021</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 22</t>
+  </si>
+  <si>
+    <t>1498.5</t>
+  </si>
+  <si>
+    <t>766.17</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.07</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000044</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 46</t>
+  </si>
+  <si>
+    <t>1306.8</t>
+  </si>
+  <si>
+    <t>668.16</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.13</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000077</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 46</t>
+  </si>
+  <si>
+    <t>141.75</t>
+  </si>
+  <si>
+    <t>72.48</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000026</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-30</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000091</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-30</t>
+  </si>
+  <si>
+    <t>39.96</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000007</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 150</t>
+  </si>
+  <si>
+    <t>1618.11</t>
+  </si>
+  <si>
+    <t>827.33</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.66</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000041</t>
+  </si>
+  <si>
+    <t>NISOTEC DIZEL S-3 SAE 20W-50</t>
+  </si>
+  <si>
+    <t>156.6</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.67</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CD</t>
+  </si>
+  <si>
+    <t>7000019</t>
+  </si>
+  <si>
+    <t>NISOTEC 2T</t>
+  </si>
+  <si>
+    <t>8.24</t>
+  </si>
+  <si>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>7000086</t>
+  </si>
+  <si>
+    <t>NISOTEC 2T</t>
+  </si>
+  <si>
+    <t>5.67</t>
+  </si>
+  <si>
+    <t>2.90</t>
+  </si>
+  <si>
+    <t>0.5 л.</t>
+  </si>
+  <si>
+    <t>0.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>7000022</t>
+  </si>
+  <si>
+    <t>NISOTEC OPLATOL</t>
+  </si>
+  <si>
+    <t>1293.3</t>
+  </si>
+  <si>
+    <t>661.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.06</t>
+  </si>
+  <si>
+    <t>Кофражно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000029</t>
+  </si>
+  <si>
+    <t>NISOTEC TERMOL 32</t>
+  </si>
+  <si>
+    <t>1418.85</t>
+  </si>
+  <si>
+    <t>725.45</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.46</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000020</t>
+  </si>
+  <si>
+    <t>NISOTEC TRAKTOL 80</t>
+  </si>
+  <si>
+    <t>172.8</t>
+  </si>
+  <si>
+    <t>88.35</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.61</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000002</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF DII</t>
+  </si>
+  <si>
+    <t>9.69</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
   </si>
   <si>
     <t>Трансмисионно масло</t>
   </si>
   <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000072</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF DII</t>
+  </si>
+  <si>
+    <t>1610.01</t>
+  </si>
+  <si>
+    <t>823.19</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177.51</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000043</t>
+  </si>
+  <si>
+    <t>NISOTEC GL-1 SAE 140</t>
+  </si>
+  <si>
+    <t>156.6</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.04</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7000042</t>
+  </si>
+  <si>
+    <t>NISOTEC GL-1 SAE 90</t>
+  </si>
+  <si>
+    <t>145.8</t>
+  </si>
+  <si>
+    <t>74.55</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7000009</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>80.46</t>
+  </si>
+  <si>
+    <t>41.14</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000010</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>4.46</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000075</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>34.21</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.6</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000006</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 80W-90</t>
+  </si>
+  <si>
+    <t>8.94</t>
+  </si>
+  <si>
+    <t>4.57</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000013</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 80W-90</t>
+  </si>
+  <si>
+    <t>1547.1</t>
+  </si>
+  <si>
+    <t>791.02</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.5</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000017</t>
+  </si>
+  <si>
+    <t>NISOTEC 4T MOTO SAE 20W-50</t>
+  </si>
+  <si>
+    <t>9.26</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>7000018</t>
+  </si>
+  <si>
+    <t>NISOTEC 4T GARDEN</t>
+  </si>
+  <si>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>4.69</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000023</t>
+  </si>
+  <si>
+    <t>NISOTEC CLEANER EXTRA</t>
+  </si>
+  <si>
+    <t>66.69</t>
+  </si>
+  <si>
+    <t>34.10</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.05</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000025</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTO GLASS SUMMER</t>
+  </si>
+  <si>
+    <t>3.24</t>
+  </si>
+  <si>
+    <t>1.66</t>
+  </si>
+  <si>
+    <t>2 л.</t>
+  </si>
+  <si>
+    <t>1.99</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000079</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 15W-40</t>
+  </si>
+  <si>
+    <t>2030.4</t>
+  </si>
+  <si>
+    <t>1038.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.14</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000081</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 15W-40</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.38</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000080</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 68</t>
+  </si>
+  <si>
+    <t>1341.9</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.42</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000076</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF SUFFIX A</t>
+  </si>
+  <si>
+    <t>1410.75</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.08</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000090</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF SUFFIX A</t>
+  </si>
+  <si>
+    <t>79.65</t>
+  </si>
+  <si>
+    <t>40.72</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.74</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000078</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 68</t>
+  </si>
+  <si>
+    <t>1348.11</t>
+  </si>
+  <si>
+    <t>689.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.05</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000087</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 75W-90</t>
+  </si>
+  <si>
+    <t>13.37</t>
+  </si>
+  <si>
+    <t>6.84</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000084</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 10W-40</t>
+  </si>
+  <si>
+    <t>2150.01</t>
+  </si>
+  <si>
+    <t>1099.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.69</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000094</t>
+  </si>
+  <si>
+    <t>NISOTEC SUPER LONG SAE 15W-40</t>
+  </si>
+  <si>
+    <t>157.95</t>
+  </si>
+  <si>
+    <t>80.76</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4/CG-4/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7000088</t>
+  </si>
+  <si>
+    <t>NISOTEC TESTEROL</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.92</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000089</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 75W-90</t>
+  </si>
+  <si>
+    <t>276.75</t>
+  </si>
+  <si>
+    <t>141.50</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.16</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
     <t>GL-5</t>
   </si>
   <si>
-    <t>7800215</t>
-[...14 lines deleted...]
-    <t>185</t>
+    <t>7000093</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 80W-90</t>
+  </si>
+  <si>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>4.69</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
   </si>
   <si>
     <t>Трансмисионно масло</t>
   </si>
   <si>
     <t>GL-5</t>
-  </si>
-[...6475 lines deleted...]
-    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -7131,51 +9054,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H284"/>
+  <dimension ref="A1:H365"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
@@ -10418,104 +12341,104 @@
         <v>998</v>
       </c>
       <c r="H125" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>1000</v>
       </c>
       <c r="B126" t="s">
         <v>1001</v>
       </c>
       <c r="C126" t="s">
         <v>1002</v>
       </c>
       <c r="D126" t="s">
         <v>1003</v>
       </c>
       <c r="E126" t="s">
         <v>1004</v>
       </c>
       <c r="F126" t="s">
         <v>1005</v>
       </c>
-      <c r="G126" t="s">
+      <c r="G126">
+        <v/>
+      </c>
+      <c r="H126" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B127" t="s">
         <v>1008</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>1009</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>1010</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
         <v>1011</v>
       </c>
-      <c r="E127" t="s">
+      <c r="F127" t="s">
         <v>1012</v>
       </c>
-      <c r="F127" t="s">
+      <c r="G127" t="s">
         <v>1013</v>
       </c>
-      <c r="G127" t="s">
+      <c r="H127" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B128" t="s">
         <v>1016</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
         <v>1017</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>1018</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>1019</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>1020</v>
       </c>
-      <c r="F128" t="s">
+      <c r="G128" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H128" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>1023</v>
       </c>
       <c r="B129" t="s">
         <v>1024</v>
       </c>
       <c r="C129" t="s">
         <v>1025</v>
       </c>
       <c r="D129" t="s">
         <v>1026</v>
       </c>
       <c r="E129" t="s">
         <v>1027</v>
       </c>
       <c r="F129" t="s">
         <v>1028</v>
       </c>
       <c r="G129" t="s">
@@ -11536,364 +13459,364 @@
         <v>1341</v>
       </c>
       <c r="H168" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
         <v>1343</v>
       </c>
       <c r="B169" t="s">
         <v>1344</v>
       </c>
       <c r="C169" t="s">
         <v>1345</v>
       </c>
       <c r="D169" t="s">
         <v>1346</v>
       </c>
       <c r="E169" t="s">
         <v>1347</v>
       </c>
       <c r="F169" t="s">
         <v>1348</v>
       </c>
-      <c r="G169" t="s">
+      <c r="G169">
+        <v/>
+      </c>
+      <c r="H169" t="s">
         <v>1349</v>
-      </c>
-[...1 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B170" t="s">
         <v>1351</v>
       </c>
-      <c r="B170" t="s">
+      <c r="C170" t="s">
         <v>1352</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>1353</v>
       </c>
-      <c r="D170" t="s">
+      <c r="E170" t="s">
         <v>1354</v>
       </c>
-      <c r="E170" t="s">
+      <c r="F170" t="s">
         <v>1355</v>
       </c>
-      <c r="F170" t="s">
+      <c r="G170" t="s">
         <v>1356</v>
       </c>
-      <c r="G170" t="s">
+      <c r="H170" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B171" t="s">
         <v>1359</v>
       </c>
-      <c r="B171" t="s">
+      <c r="C171" t="s">
         <v>1360</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
         <v>1361</v>
       </c>
-      <c r="D171" t="s">
+      <c r="E171" t="s">
         <v>1362</v>
       </c>
-      <c r="E171" t="s">
+      <c r="F171" t="s">
         <v>1363</v>
       </c>
-      <c r="F171" t="s">
+      <c r="G171" t="s">
         <v>1364</v>
       </c>
-      <c r="G171" t="s">
+      <c r="H171" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B172" t="s">
         <v>1367</v>
       </c>
-      <c r="B172" t="s">
+      <c r="C172" t="s">
         <v>1368</v>
       </c>
-      <c r="C172" t="s">
+      <c r="D172" t="s">
         <v>1369</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" t="s">
         <v>1370</v>
       </c>
-      <c r="E172" t="s">
+      <c r="F172" t="s">
         <v>1371</v>
       </c>
-      <c r="F172" t="s">
+      <c r="G172" t="s">
         <v>1372</v>
       </c>
-      <c r="G172" t="s">
+      <c r="H172" t="s">
         <v>1373</v>
-      </c>
-[...1 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B173" t="s">
         <v>1375</v>
       </c>
-      <c r="B173" t="s">
+      <c r="C173" t="s">
         <v>1376</v>
       </c>
-      <c r="C173" t="s">
+      <c r="D173" t="s">
         <v>1377</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" t="s">
         <v>1378</v>
       </c>
-      <c r="E173" t="s">
+      <c r="F173" t="s">
         <v>1379</v>
       </c>
-      <c r="F173" t="s">
+      <c r="G173">
+        <v/>
+      </c>
+      <c r="H173" t="s">
         <v>1380</v>
-      </c>
-[...4 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C174" t="s">
         <v>1383</v>
       </c>
-      <c r="B174" t="s">
+      <c r="D174" t="s">
         <v>1384</v>
       </c>
-      <c r="C174" t="s">
+      <c r="E174" t="s">
         <v>1385</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174" t="s">
         <v>1386</v>
       </c>
-      <c r="E174" t="s">
+      <c r="G174" t="s">
         <v>1387</v>
       </c>
-      <c r="F174" t="s">
+      <c r="H174" t="s">
         <v>1388</v>
-      </c>
-[...4 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C175" t="s">
         <v>1391</v>
       </c>
-      <c r="B175" t="s">
+      <c r="D175" t="s">
         <v>1392</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" t="s">
         <v>1393</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" t="s">
         <v>1394</v>
       </c>
-      <c r="E175" t="s">
+      <c r="G175" t="s">
         <v>1395</v>
       </c>
-      <c r="F175" t="s">
+      <c r="H175" t="s">
         <v>1396</v>
-      </c>
-[...4 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C176" t="s">
         <v>1399</v>
       </c>
-      <c r="B176" t="s">
+      <c r="D176" t="s">
         <v>1400</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1401</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1402</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1403</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1404</v>
-      </c>
-[...4 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B177" t="s">
         <v>1406</v>
       </c>
-      <c r="B177" t="s">
+      <c r="C177" t="s">
         <v>1407</v>
       </c>
-      <c r="C177" t="s">
+      <c r="D177" t="s">
         <v>1408</v>
       </c>
-      <c r="D177" t="s">
+      <c r="E177" t="s">
         <v>1409</v>
       </c>
-      <c r="E177" t="s">
+      <c r="F177" t="s">
         <v>1410</v>
       </c>
-      <c r="F177" t="s">
+      <c r="G177" t="s">
         <v>1411</v>
       </c>
-      <c r="G177" t="s">
+      <c r="H177" t="s">
         <v>1412</v>
-      </c>
-[...1 lines deleted...]
-        <v>1413</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B178" t="s">
         <v>1414</v>
       </c>
-      <c r="B178" t="s">
+      <c r="C178" t="s">
         <v>1415</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
         <v>1416</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>1417</v>
       </c>
-      <c r="E178" t="s">
+      <c r="F178" t="s">
         <v>1418</v>
       </c>
-      <c r="F178" t="s">
+      <c r="G178" t="s">
         <v>1419</v>
       </c>
-      <c r="G178" t="s">
+      <c r="H178" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B179" t="s">
         <v>1422</v>
       </c>
-      <c r="B179" t="s">
+      <c r="C179" t="s">
         <v>1423</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>1424</v>
       </c>
-      <c r="D179" t="s">
+      <c r="E179" t="s">
         <v>1425</v>
       </c>
-      <c r="E179" t="s">
+      <c r="F179" t="s">
         <v>1426</v>
       </c>
-      <c r="F179" t="s">
+      <c r="G179" t="s">
         <v>1427</v>
       </c>
-      <c r="G179" t="s">
+      <c r="H179" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B180" t="s">
         <v>1430</v>
       </c>
-      <c r="B180" t="s">
+      <c r="C180" t="s">
         <v>1431</v>
       </c>
-      <c r="C180" t="s">
+      <c r="D180" t="s">
         <v>1432</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" t="s">
         <v>1433</v>
       </c>
-      <c r="E180" t="s">
+      <c r="F180" t="s">
         <v>1434</v>
       </c>
-      <c r="F180" t="s">
+      <c r="G180" t="s">
         <v>1435</v>
       </c>
-      <c r="G180" t="s">
+      <c r="H180" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B181" t="s">
         <v>1438</v>
       </c>
-      <c r="B181" t="s">
+      <c r="C181" t="s">
         <v>1439</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
         <v>1440</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" t="s">
         <v>1441</v>
       </c>
-      <c r="E181" t="s">
+      <c r="F181" t="s">
         <v>1442</v>
       </c>
-      <c r="F181" t="s">
+      <c r="G181" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H181" t="s">
         <v>1444</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
         <v>1445</v>
       </c>
       <c r="B182" t="s">
         <v>1446</v>
       </c>
       <c r="C182" t="s">
         <v>1447</v>
       </c>
       <c r="D182" t="s">
         <v>1448</v>
       </c>
       <c r="E182" t="s">
         <v>1449</v>
       </c>
       <c r="F182" t="s">
         <v>1450</v>
       </c>
       <c r="G182" t="s">
@@ -13445,665 +15368,665 @@
         <v>1926</v>
       </c>
       <c r="C242" t="s">
         <v>1927</v>
       </c>
       <c r="D242" t="s">
         <v>1928</v>
       </c>
       <c r="E242" t="s">
         <v>1929</v>
       </c>
       <c r="F242" t="s">
         <v>1930</v>
       </c>
       <c r="G242" t="s">
         <v>1931</v>
       </c>
       <c r="H242" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
         <v>1933</v>
       </c>
-      <c r="B243" t="s">
+      <c r="B243">
+        <v/>
+      </c>
+      <c r="C243" t="s">
         <v>1934</v>
       </c>
-      <c r="C243" t="s">
+      <c r="D243" t="s">
         <v>1935</v>
       </c>
-      <c r="D243" t="s">
+      <c r="E243" t="s">
         <v>1936</v>
       </c>
-      <c r="E243" t="s">
+      <c r="F243" t="s">
         <v>1937</v>
       </c>
-      <c r="F243" t="s">
+      <c r="G243">
+        <v/>
+      </c>
+      <c r="H243" t="s">
         <v>1938</v>
-      </c>
-[...4 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C244" t="s">
         <v>1941</v>
       </c>
-      <c r="B244" t="s">
+      <c r="D244" t="s">
         <v>1942</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" t="s">
         <v>1943</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244" t="s">
         <v>1944</v>
       </c>
-      <c r="E244" t="s">
+      <c r="G244" t="s">
         <v>1945</v>
       </c>
-      <c r="F244" t="s">
+      <c r="H244" t="s">
         <v>1946</v>
-      </c>
-[...4 lines deleted...]
-        <v>1948</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C245" t="s">
         <v>1949</v>
       </c>
-      <c r="B245" t="s">
+      <c r="D245" t="s">
         <v>1950</v>
       </c>
-      <c r="C245" t="s">
+      <c r="E245" t="s">
         <v>1951</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F245" t="s">
         <v>1952</v>
       </c>
-      <c r="E245" t="s">
+      <c r="G245" t="s">
         <v>1953</v>
       </c>
-      <c r="F245" t="s">
+      <c r="H245" t="s">
         <v>1954</v>
-      </c>
-[...4 lines deleted...]
-        <v>1956</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C246" t="s">
         <v>1957</v>
       </c>
-      <c r="B246" t="s">
+      <c r="D246" t="s">
         <v>1958</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E246" t="s">
         <v>1959</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246" t="s">
         <v>1960</v>
       </c>
-      <c r="E246" t="s">
+      <c r="G246" t="s">
         <v>1961</v>
       </c>
-      <c r="F246" t="s">
+      <c r="H246" t="s">
         <v>1962</v>
-      </c>
-[...4 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C247" t="s">
         <v>1965</v>
       </c>
-      <c r="B247" t="s">
+      <c r="D247" t="s">
         <v>1966</v>
       </c>
-      <c r="C247" t="s">
+      <c r="E247" t="s">
         <v>1967</v>
       </c>
-      <c r="D247" t="s">
+      <c r="F247" t="s">
         <v>1968</v>
       </c>
-      <c r="E247" t="s">
+      <c r="G247" t="s">
         <v>1969</v>
       </c>
-      <c r="F247" t="s">
+      <c r="H247" t="s">
         <v>1970</v>
-      </c>
-[...4 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C248" t="s">
         <v>1973</v>
       </c>
-      <c r="B248" t="s">
+      <c r="D248" t="s">
         <v>1974</v>
       </c>
-      <c r="C248" t="s">
+      <c r="E248" t="s">
         <v>1975</v>
       </c>
-      <c r="D248" t="s">
+      <c r="F248" t="s">
         <v>1976</v>
       </c>
-      <c r="E248" t="s">
+      <c r="G248" t="s">
         <v>1977</v>
       </c>
-      <c r="F248" t="s">
+      <c r="H248" t="s">
         <v>1978</v>
-      </c>
-[...4 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C249" t="s">
         <v>1981</v>
       </c>
-      <c r="B249" t="s">
+      <c r="D249" t="s">
         <v>1982</v>
       </c>
-      <c r="C249" t="s">
+      <c r="E249" t="s">
         <v>1983</v>
       </c>
-      <c r="D249" t="s">
+      <c r="F249" t="s">
         <v>1984</v>
       </c>
-      <c r="E249" t="s">
+      <c r="G249">
+        <v/>
+      </c>
+      <c r="H249" t="s">
         <v>1985</v>
-      </c>
-[...7 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D250" t="s">
         <v>1989</v>
       </c>
-      <c r="B250" t="s">
+      <c r="E250" t="s">
         <v>1990</v>
       </c>
-      <c r="C250" t="s">
+      <c r="F250" t="s">
         <v>1991</v>
       </c>
-      <c r="D250" t="s">
+      <c r="G250" t="s">
         <v>1992</v>
       </c>
-      <c r="E250" t="s">
+      <c r="H250" t="s">
         <v>1993</v>
-      </c>
-[...7 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D251" t="s">
         <v>1997</v>
       </c>
-      <c r="B251" t="s">
+      <c r="E251" t="s">
         <v>1998</v>
       </c>
-      <c r="C251" t="s">
+      <c r="F251" t="s">
         <v>1999</v>
       </c>
-      <c r="D251" t="s">
+      <c r="G251" t="s">
         <v>2000</v>
       </c>
-      <c r="E251" t="s">
+      <c r="H251" t="s">
         <v>2001</v>
-      </c>
-[...7 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B252" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D252" t="s">
         <v>2005</v>
       </c>
-      <c r="B252" t="s">
+      <c r="E252" t="s">
         <v>2006</v>
       </c>
-      <c r="C252" t="s">
+      <c r="F252" t="s">
         <v>2007</v>
       </c>
-      <c r="D252" t="s">
+      <c r="G252" t="s">
         <v>2008</v>
       </c>
-      <c r="E252" t="s">
+      <c r="H252" t="s">
         <v>2009</v>
-      </c>
-[...7 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B253" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C253" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D253" t="s">
         <v>2013</v>
       </c>
-      <c r="B253" t="s">
+      <c r="E253" t="s">
         <v>2014</v>
       </c>
-      <c r="C253" t="s">
+      <c r="F253" t="s">
         <v>2015</v>
       </c>
-      <c r="D253" t="s">
+      <c r="G253" t="s">
         <v>2016</v>
       </c>
-      <c r="E253" t="s">
+      <c r="H253" t="s">
         <v>2017</v>
-      </c>
-[...7 lines deleted...]
-        <v>2020</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="B254">
         <v/>
       </c>
       <c r="C254" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D254" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E254" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F254" t="s">
         <v>2022</v>
-      </c>
-[...7 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="G254">
         <v/>
       </c>
       <c r="H254" t="s">
-        <v>2026</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B255">
+        <v/>
+      </c>
+      <c r="C255" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D255" t="s">
+        <v>2026</v>
+      </c>
+      <c r="E255" t="s">
         <v>2027</v>
       </c>
-      <c r="B255" t="s">
+      <c r="F255" t="s">
         <v>2028</v>
       </c>
-      <c r="C255" t="s">
+      <c r="G255">
+        <v/>
+      </c>
+      <c r="H255" t="s">
         <v>2029</v>
-      </c>
-[...13 lines deleted...]
-        <v>2034</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B256" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C256" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D256" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E256" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F256" t="s">
         <v>2035</v>
       </c>
-      <c r="B256" t="s">
+      <c r="G256" t="s">
         <v>2036</v>
       </c>
-      <c r="C256" t="s">
+      <c r="H256" t="s">
         <v>2037</v>
-      </c>
-[...13 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B257" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C257" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D257" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E257" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F257" t="s">
         <v>2043</v>
       </c>
-      <c r="B257" t="s">
+      <c r="G257" t="s">
         <v>2044</v>
       </c>
-      <c r="C257" t="s">
+      <c r="H257" t="s">
         <v>2045</v>
-      </c>
-[...13 lines deleted...]
-        <v>2050</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B258" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C258" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D258" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E258" t="s">
+        <v>2050</v>
+      </c>
+      <c r="F258" t="s">
         <v>2051</v>
       </c>
-      <c r="B258" t="s">
+      <c r="G258" t="s">
         <v>2052</v>
       </c>
-      <c r="C258" t="s">
+      <c r="H258" t="s">
         <v>2053</v>
-      </c>
-[...13 lines deleted...]
-        <v>2058</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B259" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C259" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D259" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E259" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F259" t="s">
         <v>2059</v>
       </c>
-      <c r="B259" t="s">
+      <c r="G259" t="s">
         <v>2060</v>
       </c>
-      <c r="C259" t="s">
+      <c r="H259" t="s">
         <v>2061</v>
-      </c>
-[...13 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B260" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D260" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E260" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F260" t="s">
         <v>2067</v>
       </c>
-      <c r="B260" t="s">
+      <c r="G260" t="s">
         <v>2068</v>
       </c>
-      <c r="C260" t="s">
+      <c r="H260" t="s">
         <v>2069</v>
-      </c>
-[...13 lines deleted...]
-        <v>2073</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B261" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D261" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E261" t="s">
         <v>2074</v>
       </c>
-      <c r="B261" t="s">
+      <c r="F261" t="s">
         <v>2075</v>
       </c>
-      <c r="C261" t="s">
+      <c r="G261" t="s">
         <v>2076</v>
       </c>
-      <c r="D261" t="s">
+      <c r="H261" t="s">
         <v>2077</v>
-      </c>
-[...10 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B262" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D262" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E262" t="s">
         <v>2082</v>
       </c>
-      <c r="B262" t="s">
+      <c r="F262" t="s">
         <v>2083</v>
       </c>
-      <c r="C262" t="s">
+      <c r="G262" t="s">
         <v>2084</v>
       </c>
-      <c r="D262" t="s">
+      <c r="H262" t="s">
         <v>2085</v>
-      </c>
-[...10 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B263" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C263" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D263" t="s">
+        <v>2089</v>
+      </c>
+      <c r="E263" t="s">
         <v>2090</v>
       </c>
-      <c r="B263" t="s">
+      <c r="F263" t="s">
         <v>2091</v>
       </c>
-      <c r="C263" t="s">
+      <c r="G263" t="s">
         <v>2092</v>
       </c>
-      <c r="D263" t="s">
+      <c r="H263" t="s">
         <v>2093</v>
-      </c>
-[...10 lines deleted...]
-        <v>2097</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B264" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C264" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D264" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E264" t="s">
         <v>2098</v>
       </c>
-      <c r="B264" t="s">
+      <c r="F264" t="s">
         <v>2099</v>
       </c>
-      <c r="C264" t="s">
+      <c r="G264" t="s">
         <v>2100</v>
       </c>
-      <c r="D264" t="s">
+      <c r="H264" t="s">
         <v>2101</v>
-      </c>
-[...10 lines deleted...]
-        <v>2105</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B265" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C265" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D265" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E265" t="s">
         <v>2106</v>
       </c>
-      <c r="B265">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="F265" t="s">
         <v>2107</v>
       </c>
-      <c r="D265" t="s">
+      <c r="G265" t="s">
         <v>2108</v>
       </c>
-      <c r="E265" t="s">
+      <c r="H265" t="s">
         <v>2109</v>
-      </c>
-[...7 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B266" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C266" t="s">
         <v>2112</v>
       </c>
-      <c r="B266">
-[...2 lines deleted...]
-      <c r="C266" t="s">
+      <c r="D266" t="s">
         <v>2113</v>
       </c>
-      <c r="D266" t="s">
+      <c r="E266" t="s">
         <v>2114</v>
       </c>
-      <c r="E266" t="s">
+      <c r="F266" t="s">
         <v>2115</v>
       </c>
-      <c r="F266" t="s">
+      <c r="G266" t="s">
         <v>2116</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H266" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>2118</v>
       </c>
       <c r="B267" t="s">
         <v>2119</v>
       </c>
       <c r="C267" t="s">
         <v>2120</v>
       </c>
       <c r="D267" t="s">
         <v>2121</v>
       </c>
       <c r="E267" t="s">
         <v>2122</v>
       </c>
       <c r="F267" t="s">
         <v>2123</v>
       </c>
       <c r="G267" t="s">
@@ -14121,460 +16044,2566 @@
         <v>2127</v>
       </c>
       <c r="C268" t="s">
         <v>2128</v>
       </c>
       <c r="D268" t="s">
         <v>2129</v>
       </c>
       <c r="E268" t="s">
         <v>2130</v>
       </c>
       <c r="F268" t="s">
         <v>2131</v>
       </c>
       <c r="G268" t="s">
         <v>2132</v>
       </c>
       <c r="H268" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
         <v>2134</v>
       </c>
-      <c r="B269" t="s">
+      <c r="B269">
+        <v/>
+      </c>
+      <c r="C269" t="s">
         <v>2135</v>
       </c>
-      <c r="C269" t="s">
+      <c r="D269" t="s">
         <v>2136</v>
       </c>
-      <c r="D269" t="s">
+      <c r="E269" t="s">
         <v>2137</v>
       </c>
-      <c r="E269" t="s">
+      <c r="F269" t="s">
         <v>2138</v>
       </c>
-      <c r="F269" t="s">
+      <c r="G269">
+        <v/>
+      </c>
+      <c r="H269" t="s">
         <v>2139</v>
-      </c>
-[...4 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B270">
+        <v/>
+      </c>
+      <c r="C270" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D270" t="s">
         <v>2142</v>
       </c>
-      <c r="B270" t="s">
+      <c r="E270" t="s">
         <v>2143</v>
       </c>
-      <c r="C270" t="s">
+      <c r="F270" t="s">
         <v>2144</v>
       </c>
-      <c r="D270" t="s">
+      <c r="G270">
+        <v/>
+      </c>
+      <c r="H270" t="s">
         <v>2145</v>
-      </c>
-[...10 lines deleted...]
-        <v>2149</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B271">
+        <v/>
+      </c>
+      <c r="C271" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D271" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E271" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F271" t="s">
         <v>2150</v>
       </c>
-      <c r="B271" t="s">
+      <c r="G271">
+        <v/>
+      </c>
+      <c r="H271" t="s">
         <v>2151</v>
-      </c>
-[...16 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B272" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D272" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E272" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F272" t="s">
+        <v>2157</v>
+      </c>
+      <c r="G272">
+        <v/>
+      </c>
+      <c r="H272" t="s">
         <v>2158</v>
-      </c>
-[...19 lines deleted...]
-        <v>2165</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B273" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C273" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D273" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E273" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F273" t="s">
+        <v>2164</v>
+      </c>
+      <c r="G273" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H273" t="s">
         <v>2166</v>
-      </c>
-[...19 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B274" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C274" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D274" t="s">
+        <v>2170</v>
+      </c>
+      <c r="E274" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F274" t="s">
+        <v>2172</v>
+      </c>
+      <c r="G274" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H274" t="s">
         <v>2174</v>
-      </c>
-[...19 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B275" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C275" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D275" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E275" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F275" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G275" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H275" t="s">
         <v>2182</v>
-      </c>
-[...19 lines deleted...]
-        <v>2189</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B276" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C276" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D276" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E276" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F276" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G276" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H276" t="s">
         <v>2190</v>
-      </c>
-[...19 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B277" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C277" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D277" t="s">
+        <v>2194</v>
+      </c>
+      <c r="E277" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F277" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G277" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H277" t="s">
         <v>2198</v>
-      </c>
-[...19 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B278" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C278" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D278" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E278" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F278" t="s">
+        <v>2204</v>
+      </c>
+      <c r="G278" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H278" t="s">
         <v>2206</v>
-      </c>
-[...19 lines deleted...]
-        <v>2213</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B279" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C279" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D279" t="s">
+        <v>2210</v>
+      </c>
+      <c r="E279" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F279" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G279" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H279" t="s">
         <v>2214</v>
-      </c>
-[...19 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B280" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C280" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D280" t="s">
+        <v>2218</v>
+      </c>
+      <c r="E280" t="s">
+        <v>2219</v>
+      </c>
+      <c r="F280" t="s">
+        <v>2220</v>
+      </c>
+      <c r="G280" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H280" t="s">
         <v>2222</v>
-      </c>
-[...19 lines deleted...]
-        <v>2229</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B281" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D281" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E281" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F281" t="s">
+        <v>2228</v>
+      </c>
+      <c r="G281" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H281" t="s">
         <v>2230</v>
-      </c>
-[...19 lines deleted...]
-        <v>2235</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B282" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D282" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E282" t="s">
+        <v>2235</v>
+      </c>
+      <c r="F282" t="s">
         <v>2236</v>
       </c>
-      <c r="B282">
-[...2 lines deleted...]
-      <c r="C282" t="s">
+      <c r="G282" t="s">
         <v>2237</v>
       </c>
-      <c r="D282" t="s">
+      <c r="H282" t="s">
         <v>2238</v>
-      </c>
-[...10 lines deleted...]
-        <v>2241</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B283" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C283" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D283" t="s">
         <v>2242</v>
       </c>
-      <c r="B283">
-[...2 lines deleted...]
-      <c r="C283" t="s">
+      <c r="E283" t="s">
         <v>2243</v>
       </c>
-      <c r="D283" t="s">
+      <c r="F283" t="s">
         <v>2244</v>
       </c>
-      <c r="E283" t="s">
+      <c r="G283" t="s">
         <v>2245</v>
       </c>
-      <c r="F283" t="s">
+      <c r="H283" t="s">
         <v>2246</v>
-      </c>
-[...4 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B284" t="s">
         <v>2248</v>
       </c>
-      <c r="B284" t="s">
+      <c r="C284" t="s">
         <v>2249</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" t="s">
         <v>2250</v>
       </c>
-      <c r="D284" t="s">
+      <c r="E284" t="s">
         <v>2251</v>
       </c>
-      <c r="E284" t="s">
+      <c r="F284" t="s">
         <v>2252</v>
       </c>
-      <c r="F284" t="s">
+      <c r="G284" t="s">
         <v>2253</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H284" t="s">
         <v>2254</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B285" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C285" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D285" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E285" t="s">
+        <v>2259</v>
+      </c>
+      <c r="F285" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G285" t="s">
+        <v>2261</v>
+      </c>
+      <c r="H285" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B286" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C286" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D286" t="s">
+        <v>2266</v>
+      </c>
+      <c r="E286" t="s">
+        <v>2267</v>
+      </c>
+      <c r="F286" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G286" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H286" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B287" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C287" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D287" t="s">
+        <v>2274</v>
+      </c>
+      <c r="E287" t="s">
+        <v>2275</v>
+      </c>
+      <c r="F287" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G287" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H287" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B288" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C288" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D288" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E288" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F288" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G288" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H288" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6">
+      <c r="A289" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B289" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C289" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D289" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E289" t="s">
+        <v>2291</v>
+      </c>
+      <c r="F289" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G289" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H289" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B290" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C290" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D290" t="s">
+        <v>2298</v>
+      </c>
+      <c r="E290" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F290" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G290" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H290" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6">
+      <c r="A291" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B291" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C291" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D291" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E291" t="s">
+        <v>2307</v>
+      </c>
+      <c r="F291" t="s">
+        <v>2308</v>
+      </c>
+      <c r="G291" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H291" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6">
+      <c r="A292" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B292" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D292" t="s">
+        <v>2314</v>
+      </c>
+      <c r="E292" t="s">
+        <v>2315</v>
+      </c>
+      <c r="F292" t="s">
+        <v>2316</v>
+      </c>
+      <c r="G292" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H292" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6">
+      <c r="A293" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B293" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D293" t="s">
+        <v>2322</v>
+      </c>
+      <c r="E293" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F293" t="s">
+        <v>2324</v>
+      </c>
+      <c r="G293" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H293" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B294" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D294" t="s">
+        <v>2330</v>
+      </c>
+      <c r="E294" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F294" t="s">
+        <v>2332</v>
+      </c>
+      <c r="G294" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H294" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6">
+      <c r="A295" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B295" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D295" t="s">
+        <v>2338</v>
+      </c>
+      <c r="E295" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F295" t="s">
+        <v>2340</v>
+      </c>
+      <c r="G295" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H295" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6">
+      <c r="A296" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B296" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C296" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D296" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E296" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F296" t="s">
+        <v>2348</v>
+      </c>
+      <c r="G296" t="s">
+        <v>2349</v>
+      </c>
+      <c r="H296" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6">
+      <c r="A297" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B297" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C297" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D297" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E297" t="s">
+        <v>2355</v>
+      </c>
+      <c r="F297" t="s">
+        <v>2356</v>
+      </c>
+      <c r="G297" t="s">
+        <v>2357</v>
+      </c>
+      <c r="H297" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6">
+      <c r="A298" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B298" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C298" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D298" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E298" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F298" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G298" t="s">
+        <v>2365</v>
+      </c>
+      <c r="H298" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6">
+      <c r="A299" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B299" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C299" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D299" t="s">
+        <v>2370</v>
+      </c>
+      <c r="E299" t="s">
+        <v>2371</v>
+      </c>
+      <c r="F299" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G299" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H299" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6">
+      <c r="A300" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B300" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C300" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D300" t="s">
+        <v>2378</v>
+      </c>
+      <c r="E300" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F300" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G300" t="s">
+        <v>2381</v>
+      </c>
+      <c r="H300" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6">
+      <c r="A301" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B301" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C301" t="s">
+        <v>2385</v>
+      </c>
+      <c r="D301" t="s">
+        <v>2386</v>
+      </c>
+      <c r="E301" t="s">
+        <v>2387</v>
+      </c>
+      <c r="F301" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G301" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H301" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6">
+      <c r="A302" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B302" t="s">
+        <v>2392</v>
+      </c>
+      <c r="C302" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D302" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E302" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F302" t="s">
+        <v>2396</v>
+      </c>
+      <c r="G302" t="s">
+        <v>2397</v>
+      </c>
+      <c r="H302" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6">
+      <c r="A303" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B303" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C303" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D303" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E303" t="s">
+        <v>2403</v>
+      </c>
+      <c r="F303" t="s">
+        <v>2404</v>
+      </c>
+      <c r="G303" t="s">
+        <v>2405</v>
+      </c>
+      <c r="H303" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6">
+      <c r="A304" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B304" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C304" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D304" t="s">
+        <v>2410</v>
+      </c>
+      <c r="E304" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F304" t="s">
+        <v>2412</v>
+      </c>
+      <c r="G304" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H304" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6">
+      <c r="A305" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B305" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C305" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D305" t="s">
+        <v>2418</v>
+      </c>
+      <c r="E305" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F305" t="s">
+        <v>2420</v>
+      </c>
+      <c r="G305" t="s">
+        <v>2421</v>
+      </c>
+      <c r="H305" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6">
+      <c r="A306" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B306" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C306" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D306" t="s">
+        <v>2426</v>
+      </c>
+      <c r="E306" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F306" t="s">
+        <v>2428</v>
+      </c>
+      <c r="G306" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H306" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B307" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C307" t="s">
+        <v>2433</v>
+      </c>
+      <c r="D307" t="s">
+        <v>2434</v>
+      </c>
+      <c r="E307" t="s">
+        <v>2435</v>
+      </c>
+      <c r="F307" t="s">
+        <v>2436</v>
+      </c>
+      <c r="G307" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H307" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6">
+      <c r="A308" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B308" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D308" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E308" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F308" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G308" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H308" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="A309" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B309" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D309" t="s">
+        <v>2450</v>
+      </c>
+      <c r="E309" t="s">
+        <v>2451</v>
+      </c>
+      <c r="F309" t="s">
+        <v>2452</v>
+      </c>
+      <c r="G309" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H309" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6">
+      <c r="A310" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B310" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D310" t="s">
+        <v>2458</v>
+      </c>
+      <c r="E310" t="s">
+        <v>2459</v>
+      </c>
+      <c r="F310" t="s">
+        <v>2460</v>
+      </c>
+      <c r="G310" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H310" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6">
+      <c r="A311" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B311" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C311" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D311" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E311" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F311" t="s">
+        <v>2468</v>
+      </c>
+      <c r="G311" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H311" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B312" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C312" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D312" t="s">
+        <v>2474</v>
+      </c>
+      <c r="E312" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F312" t="s">
+        <v>2476</v>
+      </c>
+      <c r="G312" t="s">
+        <v>2477</v>
+      </c>
+      <c r="H312" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B313" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C313" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D313" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E313" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F313" t="s">
+        <v>2484</v>
+      </c>
+      <c r="G313" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H313" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B314" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D314" t="s">
+        <v>2490</v>
+      </c>
+      <c r="E314" t="s">
+        <v>2491</v>
+      </c>
+      <c r="F314" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G314" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H314" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B315" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C315" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D315" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E315" t="s">
+        <v>2499</v>
+      </c>
+      <c r="F315" t="s">
+        <v>2500</v>
+      </c>
+      <c r="G315" t="s">
+        <v>2501</v>
+      </c>
+      <c r="H315" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B316" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C316" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D316" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E316" t="s">
+        <v>2507</v>
+      </c>
+      <c r="F316" t="s">
+        <v>2508</v>
+      </c>
+      <c r="G316" t="s">
+        <v>2509</v>
+      </c>
+      <c r="H316" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6">
+      <c r="A317" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B317" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D317" t="s">
+        <v>2514</v>
+      </c>
+      <c r="E317" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F317" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G317">
+        <v/>
+      </c>
+      <c r="H317" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6">
+      <c r="A318" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B318" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D318" t="s">
+        <v>2521</v>
+      </c>
+      <c r="E318" t="s">
+        <v>2522</v>
+      </c>
+      <c r="F318" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G318">
+        <v/>
+      </c>
+      <c r="H318" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6">
+      <c r="A319" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B319" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D319" t="s">
+        <v>2528</v>
+      </c>
+      <c r="E319" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F319" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G319">
+        <v/>
+      </c>
+      <c r="H319" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6">
+      <c r="A320" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B320" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C320" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D320" t="s">
+        <v>2535</v>
+      </c>
+      <c r="E320" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F320" t="s">
+        <v>2537</v>
+      </c>
+      <c r="G320" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H320" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6">
+      <c r="A321" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B321" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C321" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D321" t="s">
+        <v>2543</v>
+      </c>
+      <c r="E321" t="s">
+        <v>2544</v>
+      </c>
+      <c r="F321" t="s">
+        <v>2545</v>
+      </c>
+      <c r="G321" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H321" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6">
+      <c r="A322" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B322" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C322" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D322" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E322" t="s">
+        <v>2552</v>
+      </c>
+      <c r="F322" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G322" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H322" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6">
+      <c r="A323" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B323" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C323" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D323" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E323" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F323" t="s">
+        <v>2561</v>
+      </c>
+      <c r="G323" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H323" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6">
+      <c r="A324" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B324" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C324" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D324" t="s">
+        <v>2567</v>
+      </c>
+      <c r="E324" t="s">
+        <v>2568</v>
+      </c>
+      <c r="F324" t="s">
+        <v>2569</v>
+      </c>
+      <c r="G324" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H324" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6">
+      <c r="A325" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B325" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C325" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D325" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E325" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F325" t="s">
+        <v>2577</v>
+      </c>
+      <c r="G325" t="s">
+        <v>2578</v>
+      </c>
+      <c r="H325" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6">
+      <c r="A326" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B326" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C326" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D326" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E326" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F326" t="s">
+        <v>2585</v>
+      </c>
+      <c r="G326" t="s">
+        <v>2586</v>
+      </c>
+      <c r="H326" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6">
+      <c r="A327" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B327" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C327" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D327" t="s">
+        <v>2591</v>
+      </c>
+      <c r="E327" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F327" t="s">
+        <v>2593</v>
+      </c>
+      <c r="G327" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H327" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6">
+      <c r="A328" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B328" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C328" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D328" t="s">
+        <v>2599</v>
+      </c>
+      <c r="E328" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F328" t="s">
+        <v>2601</v>
+      </c>
+      <c r="G328" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H328" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6">
+      <c r="A329" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B329" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C329" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D329" t="s">
+        <v>2607</v>
+      </c>
+      <c r="E329" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F329" t="s">
+        <v>2609</v>
+      </c>
+      <c r="G329" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H329" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6">
+      <c r="A330" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B330" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C330" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D330" t="s">
+        <v>2615</v>
+      </c>
+      <c r="E330" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F330" t="s">
+        <v>2617</v>
+      </c>
+      <c r="G330" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H330" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B331" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C331" t="s">
+        <v>2622</v>
+      </c>
+      <c r="D331" t="s">
+        <v>2623</v>
+      </c>
+      <c r="E331" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F331" t="s">
+        <v>2625</v>
+      </c>
+      <c r="G331" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H331" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6">
+      <c r="A332" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B332" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C332" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D332" t="s">
+        <v>2631</v>
+      </c>
+      <c r="E332" t="s">
+        <v>2632</v>
+      </c>
+      <c r="F332" t="s">
+        <v>2633</v>
+      </c>
+      <c r="G332" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H332" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6">
+      <c r="A333" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B333" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C333" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D333" t="s">
+        <v>2639</v>
+      </c>
+      <c r="E333" t="s">
+        <v>2640</v>
+      </c>
+      <c r="F333" t="s">
+        <v>2641</v>
+      </c>
+      <c r="G333" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H333" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6">
+      <c r="A334" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B334" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C334" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D334" t="s">
+        <v>2647</v>
+      </c>
+      <c r="E334" t="s">
+        <v>2648</v>
+      </c>
+      <c r="F334" t="s">
+        <v>2649</v>
+      </c>
+      <c r="G334" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H334" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6">
+      <c r="A335" t="s">
+        <v>2652</v>
+      </c>
+      <c r="B335" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C335" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D335" t="s">
+        <v>2655</v>
+      </c>
+      <c r="E335" t="s">
+        <v>2656</v>
+      </c>
+      <c r="F335" t="s">
+        <v>2657</v>
+      </c>
+      <c r="G335" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H335" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6">
+      <c r="A336" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B336" t="s">
+        <v>2661</v>
+      </c>
+      <c r="C336" t="s">
+        <v>2662</v>
+      </c>
+      <c r="D336" t="s">
+        <v>2663</v>
+      </c>
+      <c r="E336" t="s">
+        <v>2664</v>
+      </c>
+      <c r="F336" t="s">
+        <v>2665</v>
+      </c>
+      <c r="G336" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H336" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6">
+      <c r="A337" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B337" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C337" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D337" t="s">
+        <v>2671</v>
+      </c>
+      <c r="E337" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F337" t="s">
+        <v>2673</v>
+      </c>
+      <c r="G337" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H337" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6">
+      <c r="A338" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B338" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C338" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D338" t="s">
+        <v>2679</v>
+      </c>
+      <c r="E338" t="s">
+        <v>2680</v>
+      </c>
+      <c r="F338" t="s">
+        <v>2681</v>
+      </c>
+      <c r="G338" t="s">
+        <v>2682</v>
+      </c>
+      <c r="H338" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B339" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C339" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D339" t="s">
+        <v>2687</v>
+      </c>
+      <c r="E339" t="s">
+        <v>2688</v>
+      </c>
+      <c r="F339" t="s">
+        <v>2689</v>
+      </c>
+      <c r="G339">
+        <v/>
+      </c>
+      <c r="H339" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B340" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C340" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D340" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E340" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F340" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G340" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H340" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B341" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C341" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D341" t="s">
+        <v>2702</v>
+      </c>
+      <c r="E341" t="s">
+        <v>2703</v>
+      </c>
+      <c r="F341" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G341" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H341" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B342" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C342" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D342" t="s">
+        <v>2710</v>
+      </c>
+      <c r="E342" t="s">
+        <v>2711</v>
+      </c>
+      <c r="F342" t="s">
+        <v>2712</v>
+      </c>
+      <c r="G342" t="s">
+        <v>2713</v>
+      </c>
+      <c r="H342" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B343" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C343" t="s">
+        <v>2717</v>
+      </c>
+      <c r="D343" t="s">
+        <v>2718</v>
+      </c>
+      <c r="E343" t="s">
+        <v>2719</v>
+      </c>
+      <c r="F343" t="s">
+        <v>2720</v>
+      </c>
+      <c r="G343" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H343" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B344" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C344" t="s">
+        <v>2725</v>
+      </c>
+      <c r="D344" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E344" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F344" t="s">
+        <v>2728</v>
+      </c>
+      <c r="G344" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H344" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B345" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C345" t="s">
+        <v>2733</v>
+      </c>
+      <c r="D345" t="s">
+        <v>2734</v>
+      </c>
+      <c r="E345" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F345" t="s">
+        <v>2736</v>
+      </c>
+      <c r="G345" t="s">
+        <v>2737</v>
+      </c>
+      <c r="H345" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B346" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C346" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D346" t="s">
+        <v>2742</v>
+      </c>
+      <c r="E346" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F346" t="s">
+        <v>2744</v>
+      </c>
+      <c r="G346" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H346" t="s">
+        <v>2746</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B347" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C347" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D347" t="s">
+        <v>2750</v>
+      </c>
+      <c r="E347" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F347" t="s">
+        <v>2752</v>
+      </c>
+      <c r="G347" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H347" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B348" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C348" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D348" t="s">
+        <v>2758</v>
+      </c>
+      <c r="E348" t="s">
+        <v>2759</v>
+      </c>
+      <c r="F348" t="s">
+        <v>2760</v>
+      </c>
+      <c r="G348" t="s">
+        <v>2761</v>
+      </c>
+      <c r="H348" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B349" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C349" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D349" t="s">
+        <v>2766</v>
+      </c>
+      <c r="E349" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F349" t="s">
+        <v>2768</v>
+      </c>
+      <c r="G349" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H349" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B350" t="s">
+        <v>2772</v>
+      </c>
+      <c r="C350" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D350" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E350" t="s">
+        <v>2775</v>
+      </c>
+      <c r="F350" t="s">
+        <v>2776</v>
+      </c>
+      <c r="G350" t="s">
+        <v>2777</v>
+      </c>
+      <c r="H350" t="s">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="A351" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B351" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C351" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D351" t="s">
+        <v>2782</v>
+      </c>
+      <c r="E351" t="s">
+        <v>2783</v>
+      </c>
+      <c r="F351" t="s">
+        <v>2784</v>
+      </c>
+      <c r="G351" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H351" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6">
+      <c r="A352" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B352" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C352" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D352" t="s">
+        <v>2790</v>
+      </c>
+      <c r="E352" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F352" t="s">
+        <v>2792</v>
+      </c>
+      <c r="G352">
+        <v/>
+      </c>
+      <c r="H352" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6">
+      <c r="A353" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B353" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C353" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D353" t="s">
+        <v>2797</v>
+      </c>
+      <c r="E353" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F353" t="s">
+        <v>2799</v>
+      </c>
+      <c r="G353">
+        <v/>
+      </c>
+      <c r="H353" t="s">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6">
+      <c r="A354" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B354" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C354" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D354" t="s">
+        <v>2804</v>
+      </c>
+      <c r="E354" t="s">
+        <v>2805</v>
+      </c>
+      <c r="F354" t="s">
+        <v>2806</v>
+      </c>
+      <c r="G354" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H354" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B355" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C355" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D355" t="s">
+        <v>2812</v>
+      </c>
+      <c r="E355" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F355" t="s">
+        <v>2814</v>
+      </c>
+      <c r="G355" t="s">
+        <v>2815</v>
+      </c>
+      <c r="H355" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6">
+      <c r="A356" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B356" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C356" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D356" t="s">
+        <v>2820</v>
+      </c>
+      <c r="E356" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F356" t="s">
+        <v>2822</v>
+      </c>
+      <c r="G356" t="s">
+        <v>2823</v>
+      </c>
+      <c r="H356" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6">
+      <c r="A357" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B357" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C357" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D357" t="s">
+        <v>2828</v>
+      </c>
+      <c r="E357" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F357" t="s">
+        <v>2830</v>
+      </c>
+      <c r="G357" t="s">
+        <v>2831</v>
+      </c>
+      <c r="H357" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6">
+      <c r="A358" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B358" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C358" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D358" t="s">
+        <v>2836</v>
+      </c>
+      <c r="E358" t="s">
+        <v>2837</v>
+      </c>
+      <c r="F358" t="s">
+        <v>2838</v>
+      </c>
+      <c r="G358" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H358" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6">
+      <c r="A359" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B359" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C359" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D359" t="s">
+        <v>2844</v>
+      </c>
+      <c r="E359" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F359" t="s">
+        <v>2846</v>
+      </c>
+      <c r="G359" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H359" t="s">
+        <v>2848</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B360" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C360" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D360" t="s">
+        <v>2852</v>
+      </c>
+      <c r="E360" t="s">
+        <v>2853</v>
+      </c>
+      <c r="F360" t="s">
+        <v>2854</v>
+      </c>
+      <c r="G360" t="s">
+        <v>2855</v>
+      </c>
+      <c r="H360" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B361" t="s">
+        <v>2858</v>
+      </c>
+      <c r="C361" t="s">
+        <v>2859</v>
+      </c>
+      <c r="D361" t="s">
+        <v>2860</v>
+      </c>
+      <c r="E361" t="s">
+        <v>2861</v>
+      </c>
+      <c r="F361" t="s">
+        <v>2862</v>
+      </c>
+      <c r="G361" t="s">
+        <v>2863</v>
+      </c>
+      <c r="H361" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B362" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C362" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D362" t="s">
+        <v>2868</v>
+      </c>
+      <c r="E362" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F362" t="s">
+        <v>2870</v>
+      </c>
+      <c r="G362" t="s">
+        <v>2871</v>
+      </c>
+      <c r="H362" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B363" t="s">
+        <v>2874</v>
+      </c>
+      <c r="C363" t="s">
+        <v>2875</v>
+      </c>
+      <c r="D363" t="s">
+        <v>2876</v>
+      </c>
+      <c r="E363" t="s">
+        <v>2877</v>
+      </c>
+      <c r="F363" t="s">
+        <v>2878</v>
+      </c>
+      <c r="G363">
+        <v/>
+      </c>
+      <c r="H363" t="s">
+        <v>2879</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364" t="s">
+        <v>2880</v>
+      </c>
+      <c r="B364" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C364" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D364" t="s">
+        <v>2883</v>
+      </c>
+      <c r="E364" t="s">
+        <v>2884</v>
+      </c>
+      <c r="F364" t="s">
+        <v>2885</v>
+      </c>
+      <c r="G364" t="s">
+        <v>2886</v>
+      </c>
+      <c r="H364" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B365" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C365" t="s">
+        <v>2890</v>
+      </c>
+      <c r="D365" t="s">
+        <v>2891</v>
+      </c>
+      <c r="E365" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F365" t="s">
+        <v>2893</v>
+      </c>
+      <c r="G365" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H365" t="s">
+        <v>2895</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>