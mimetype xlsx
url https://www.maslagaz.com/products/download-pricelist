--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -15,8738 +15,9077 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="90" windowWidth="11280" windowHeight="4950"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2896" uniqueCount="1452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3009" uniqueCount="1480">
   <si>
     <t>Номенклатурен номер</t>
   </si>
   <si>
     <t>Оригинално име</t>
   </si>
   <si>
     <t>Цена с ДДС (лв.)</t>
   </si>
   <si>
     <t>Цена с ДДС (€)</t>
   </si>
   <si>
     <t>Разфасовка</t>
   </si>
   <si>
     <t>Тегло (кг.)</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>API</t>
   </si>
   <si>
     <t>7800082</t>
   </si>
   <si>
     <t>Gazpromneft Super 10W-40</t>
   </si>
   <si>
-    <t>34.29</t>
+    <t>34.3</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.499</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800077</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 10W-40</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>662.63</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800129</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>4.48</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.882</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800130</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>32.95</t>
+  </si>
+  <si>
+    <t>16.85</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.526</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800078</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>1263.6</t>
+  </si>
+  <si>
+    <t>646.07</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800034</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 20W-50</t>
+  </si>
+  <si>
+    <t>33.62</t>
+  </si>
+  <si>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.548</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800214</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super T-3 85W-90</t>
+  </si>
+  <si>
+    <t>182.79</t>
+  </si>
+  <si>
+    <t>93.46</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.42</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800215</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super T-3 85W-90</t>
+  </si>
+  <si>
+    <t>1724.5</t>
+  </si>
+  <si>
+    <t>881.72</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800262</t>
+  </si>
+  <si>
+    <t>Gazpromneft Promo</t>
+  </si>
+  <si>
+    <t>18.64</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>3.5 л.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t>Масло за промивка</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800003</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>2.71</t>
+  </si>
+  <si>
+    <t>1.39</t>
+  </si>
+  <si>
+    <t>150 гр.</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800004</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>3.78</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>350 гр.</t>
+  </si>
+  <si>
+    <t>0.35</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800000</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>3.78</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>150 гр.</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800049</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-2</t>
+  </si>
+  <si>
+    <t>607.5</t>
+  </si>
+  <si>
+    <t>310.61</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800081</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-3</t>
+  </si>
+  <si>
+    <t>580.51</t>
+  </si>
+  <si>
+    <t>296.81</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800061</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 5W-40</t>
+  </si>
+  <si>
+    <t>186.57</t>
+  </si>
+  <si>
+    <t>95.39</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800169</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 5W-40</t>
+  </si>
+  <si>
+    <t>1740.42</t>
+  </si>
+  <si>
+    <t>889.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800076</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 15W-40</t>
+  </si>
+  <si>
+    <t>1538.99</t>
+  </si>
+  <si>
+    <t>786.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800062</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-30</t>
+  </si>
+  <si>
+    <t>169.01</t>
+  </si>
+  <si>
+    <t>86.41</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.9</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800008</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-40</t>
+  </si>
+  <si>
+    <t>168.48</t>
+  </si>
+  <si>
+    <t>86.14</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800269</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>216.01</t>
+  </si>
+  <si>
+    <t>110.44</t>
+  </si>
+  <si>
+    <t>30 л.</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800242</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>356.4</t>
+  </si>
+  <si>
+    <t>182.22</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>41.97</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800064</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 10W-40</t>
+  </si>
+  <si>
+    <t>1298.69</t>
+  </si>
+  <si>
+    <t>664.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800065</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 15W-40</t>
+  </si>
+  <si>
+    <t>1287.9</t>
+  </si>
+  <si>
+    <t>658.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800134</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
+    <t>19.27</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.438</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800020</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>149.58</t>
+  </si>
+  <si>
+    <t>76.48</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.1</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800021</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>218.97</t>
+  </si>
+  <si>
+    <t>111.96</t>
+  </si>
+  <si>
+    <t>30 л.</t>
+  </si>
+  <si>
+    <t>26.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800095</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>299.97</t>
+  </si>
+  <si>
+    <t>153.37</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>41.95</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800121</t>
+  </si>
+  <si>
+    <t>ТСп-15К</t>
+  </si>
+  <si>
+    <t>94.23</t>
+  </si>
+  <si>
+    <t>48.18</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>9.34</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-3</t>
+  </si>
+  <si>
+    <t>7800200</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 32</t>
+  </si>
+  <si>
+    <t>1136.97</t>
+  </si>
+  <si>
+    <t>581.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800208</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 68</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800079</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 46</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800143</t>
+  </si>
+  <si>
+    <t>КС-19П (А)</t>
+  </si>
+  <si>
+    <t>1281.69</t>
+  </si>
+  <si>
+    <t>655.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800119</t>
+  </si>
+  <si>
+    <t>Газпромнефть МГД-20М</t>
+  </si>
+  <si>
+    <t>1483.52</t>
+  </si>
+  <si>
+    <t>758.51</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.5</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800067</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbine Oil 32</t>
+  </si>
+  <si>
+    <t>1239.57</t>
+  </si>
+  <si>
+    <t>633.78</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800207</t>
+  </si>
+  <si>
+    <t>Термойл 26</t>
+  </si>
+  <si>
+    <t>1451.07</t>
+  </si>
+  <si>
+    <t>741.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800073</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 68</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400001</t>
+  </si>
+  <si>
+    <t>Gazpromneft Metalgrease AC</t>
+  </si>
+  <si>
+    <t>272.96</t>
+  </si>
+  <si>
+    <t>139.56</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400056</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L 00</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800179</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 90</t>
+  </si>
+  <si>
+    <t>124.47</t>
+  </si>
+  <si>
+    <t>63.64</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.2</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7800074</t>
+  </si>
+  <si>
+    <t>Газпромнефть ПМ</t>
+  </si>
+  <si>
+    <t>1188.01</t>
+  </si>
+  <si>
+    <t>607.42</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Масло-омекотител</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800224</t>
+  </si>
+  <si>
+    <t>Тп-30</t>
+  </si>
+  <si>
+    <t>1344.61</t>
+  </si>
+  <si>
+    <t>687.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800181</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>173.87</t>
+  </si>
+  <si>
+    <t>88.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.86</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800236</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>1612.71</t>
+  </si>
+  <si>
+    <t>824.57</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800182</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 150</t>
+  </si>
+  <si>
+    <t>167.4</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.9</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800219</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 680</t>
+  </si>
+  <si>
+    <t>172.81</t>
+  </si>
+  <si>
+    <t>88.36</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800063</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 46</t>
+  </si>
+  <si>
+    <t>1239.84</t>
+  </si>
+  <si>
+    <t>633.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800072</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor F 220</t>
+  </si>
+  <si>
+    <t>3072.6</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800142</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 100</t>
+  </si>
+  <si>
+    <t>1447.74</t>
+  </si>
+  <si>
+    <t>740.22</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800107</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 220</t>
+  </si>
+  <si>
+    <t>1484.18</t>
+  </si>
+  <si>
+    <t>758.85</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800115</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor S Synth 100</t>
+  </si>
+  <si>
+    <t>1512.01</t>
+  </si>
+  <si>
+    <t>773.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800256</t>
+  </si>
+  <si>
+    <t>Gazpromneft Motor Oil 40</t>
+  </si>
+  <si>
+    <t>127.71</t>
+  </si>
+  <si>
+    <t>65.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.26</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SC/CA</t>
+  </si>
+  <si>
+    <t>7800086</t>
+  </si>
+  <si>
+    <t>Gazpromneft Motor Oil 40</t>
+  </si>
+  <si>
+    <t>1190.97</t>
+  </si>
+  <si>
+    <t>608.93</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SC/CA</t>
+  </si>
+  <si>
+    <t>7800167</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 20W-50</t>
+  </si>
+  <si>
+    <t>9.26</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.886</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF</t>
+  </si>
+  <si>
+    <t>7400029</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L 2</t>
+  </si>
+  <si>
+    <t>175.5</t>
+  </si>
+  <si>
+    <t>89.73</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800282</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 2</t>
+  </si>
+  <si>
+    <t>7.29</t>
+  </si>
+  <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>400 гр.</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400052</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LTS 2</t>
+  </si>
+  <si>
+    <t>168.22</t>
+  </si>
+  <si>
+    <t>86.01</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800091</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>142.82</t>
+  </si>
+  <si>
+    <t>73.02</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800197</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 15</t>
+  </si>
+  <si>
+    <t>159.56</t>
+  </si>
+  <si>
+    <t>81.58</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>16.8</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300078</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 68</t>
+  </si>
+  <si>
+    <t>1348.12</t>
+  </si>
+  <si>
+    <t>689.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.99</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800232</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 100</t>
+  </si>
+  <si>
+    <t>1369.72</t>
+  </si>
+  <si>
+    <t>700.33</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800118</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 220</t>
+  </si>
+  <si>
+    <t>1455.29</t>
+  </si>
+  <si>
+    <t>744.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800194</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 680</t>
+  </si>
+  <si>
+    <t>1554.12</t>
+  </si>
+  <si>
+    <t>794.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800103</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 5W-30</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800147</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>9.09</t>
+  </si>
+  <si>
+    <t>4.65</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.873</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800139</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>32.95</t>
+  </si>
+  <si>
+    <t>16.85</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.492</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800128</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>1499.86</t>
+  </si>
+  <si>
+    <t>766.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800279</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 20W-50</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800278</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 20W-50</t>
+  </si>
+  <si>
+    <t>34.01</t>
+  </si>
+  <si>
+    <t>17.39</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800550</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 10W-30</t>
+  </si>
+  <si>
+    <t>1606.51</t>
+  </si>
+  <si>
+    <t>821.40</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800154</t>
+  </si>
+  <si>
+    <t>Gazpromneft Industrial 30</t>
+  </si>
+  <si>
+    <t>1111.86</t>
+  </si>
+  <si>
+    <t>568.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800165</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.876</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800280</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium N 5W-40</t>
+  </si>
+  <si>
+    <t>1782.27</t>
+  </si>
+  <si>
+    <t>911.26</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800149</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium GF-5 5W-30</t>
+  </si>
+  <si>
+    <t>43.2</t>
+  </si>
+  <si>
+    <t>22.09</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.396</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN//GF-5</t>
+  </si>
+  <si>
+    <t>7800136</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>5.99</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.856</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800295</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>193.04</t>
+  </si>
+  <si>
+    <t>98.70</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800137</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>1682.92</t>
+  </si>
+  <si>
+    <t>860.46</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800110</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>32.13</t>
+  </si>
+  <si>
+    <t>16.43</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.468</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800233</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>170.09</t>
+  </si>
+  <si>
+    <t>86.97</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.71</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300106</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>2049.3</t>
+  </si>
+  <si>
+    <t>1047.79</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174.05</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7800135</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>174.16</t>
+  </si>
+  <si>
+    <t>89.05</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800127</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLPD 46</t>
+  </si>
+  <si>
+    <t>1331.64</t>
+  </si>
+  <si>
+    <t>680.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900001</t>
+  </si>
+  <si>
+    <t>G-Energy Expert L 5W-30</t>
+  </si>
+  <si>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>21.91</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.295</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900003</t>
+  </si>
+  <si>
+    <t>G-Energy Expert L 5W-40</t>
+  </si>
+  <si>
+    <t>42.55</t>
+  </si>
+  <si>
+    <t>21.76</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900011</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 10W-40</t>
+  </si>
+  <si>
+    <t>207.2</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.78</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900012</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 10W-40</t>
+  </si>
+  <si>
+    <t>1808.8</t>
+  </si>
+  <si>
+    <t>924.82</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900013</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 15W-40</t>
+  </si>
+  <si>
+    <t>193.48</t>
+  </si>
+  <si>
+    <t>98.92</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900009</t>
+  </si>
+  <si>
+    <t>G-Profi MSI 10W-40</t>
+  </si>
+  <si>
+    <t>207.2</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900010</t>
+  </si>
+  <si>
+    <t>G-Profi MSI 10W-40</t>
+  </si>
+  <si>
+    <t>1957.48</t>
+  </si>
+  <si>
+    <t>1000.84</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900017</t>
+  </si>
+  <si>
+    <t>G-Profi GT 10W-40</t>
+  </si>
+  <si>
+    <t>231.29</t>
+  </si>
+  <si>
+    <t>118.26</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7900019</t>
+  </si>
+  <si>
+    <t>G-Profi GT LA 10W-40</t>
+  </si>
+  <si>
+    <t>240.24</t>
+  </si>
+  <si>
+    <t>122.83</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CJ-4/CI-4</t>
+  </si>
+  <si>
+    <t>7900020</t>
+  </si>
+  <si>
+    <t>G-Profi GT LA 10W-40</t>
+  </si>
+  <si>
+    <t>2337.16</t>
+  </si>
+  <si>
+    <t>1194.97</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CJ-4/CI-4</t>
+  </si>
+  <si>
+    <t>7900023</t>
+  </si>
+  <si>
+    <t>G-Special STOU 10W-40</t>
+  </si>
+  <si>
+    <t>194.6</t>
+  </si>
+  <si>
+    <t>99.50</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/SE/CG-4/CF-4/CE/CD/CF/GL-4</t>
+  </si>
+  <si>
+    <t>7900024</t>
+  </si>
+  <si>
+    <t>G-Special STOU 10W-40</t>
+  </si>
+  <si>
+    <t>1848.01</t>
+  </si>
+  <si>
+    <t>944.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/SE/CG-4/CF-4/CE/CD/CF/GL-4</t>
+  </si>
+  <si>
+    <t>7800199</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз 80</t>
+  </si>
+  <si>
+    <t>1434.51</t>
+  </si>
+  <si>
+    <t>733.45</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800238</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>26.27</t>
+  </si>
+  <si>
+    <t>13.43</t>
+  </si>
+  <si>
+    <t>5 кг.</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800257</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>51.65</t>
+  </si>
+  <si>
+    <t>26.41</t>
+  </si>
+  <si>
+    <t>10 кг.</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800161</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 46</t>
+  </si>
+  <si>
+    <t>117.32</t>
+  </si>
+  <si>
+    <t>59.98</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.62</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300119</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 75W-90</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.4</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800205</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>12.6</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.852</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800298</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>48.15</t>
+  </si>
+  <si>
+    <t>24.62</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.408</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800229</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 68</t>
+  </si>
+  <si>
+    <t>131.22</t>
+  </si>
+  <si>
+    <t>67.09</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800157</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-2</t>
+  </si>
+  <si>
+    <t>2192.67</t>
+  </si>
+  <si>
+    <t>1121.09</t>
+  </si>
+  <si>
+    <t>170 кг.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800184</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease HighSpeed EP 3</t>
+  </si>
+  <si>
+    <t>9.72</t>
+  </si>
+  <si>
+    <t>4.97</t>
+  </si>
+  <si>
+    <t>400 гр.</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800222</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>32.35</t>
+  </si>
+  <si>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.525</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800217</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>1415.61</t>
+  </si>
+  <si>
+    <t>723.79</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7400048</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 10W</t>
+  </si>
+  <si>
+    <t>170.8</t>
+  </si>
+  <si>
+    <t>87.33</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900025</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 10W</t>
+  </si>
+  <si>
+    <t>1734.6</t>
+  </si>
+  <si>
+    <t>886.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900066</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 30</t>
+  </si>
+  <si>
+    <t>186.47</t>
+  </si>
+  <si>
+    <t>95.34</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.3</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900026</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 30</t>
+  </si>
+  <si>
+    <t>1855.13</t>
+  </si>
+  <si>
+    <t>948.51</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300114</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 85W-140</t>
+  </si>
+  <si>
+    <t>1821.14</t>
+  </si>
+  <si>
+    <t>931.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185.73</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7400015</t>
+  </si>
+  <si>
+    <t>G-Energy S Synth 10W-40</t>
+  </si>
+  <si>
+    <t>48.16</t>
+  </si>
+  <si>
+    <t>24.62</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.474</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7400009</t>
+  </si>
+  <si>
+    <t>G-Energy Service Line W 5W-30</t>
+  </si>
+  <si>
+    <t>2870</t>
+  </si>
+  <si>
+    <t>1467.41</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800155</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LX EP 2</t>
+  </si>
+  <si>
+    <t>3267.01</t>
+  </si>
+  <si>
+    <t>1670.40</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400006</t>
+  </si>
+  <si>
+    <t>G-Profi MSI Plus 15W-40</t>
+  </si>
+  <si>
+    <t>183.4</t>
+  </si>
+  <si>
+    <t>93.77</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.68</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800203</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium N 5W-40</t>
+  </si>
+  <si>
+    <t>487.36</t>
+  </si>
+  <si>
+    <t>249.18</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.69</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300000</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>561.05</t>
+  </si>
+  <si>
+    <t>286.86</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300002</t>
+  </si>
+  <si>
+    <t>Gazpromneft X STOU 10W-40</t>
+  </si>
+  <si>
+    <t>515.69</t>
+  </si>
+  <si>
+    <t>263.67</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Универсално масло</t>
+  </si>
+  <si>
+    <t>SF/CG-4/GL-4</t>
+  </si>
+  <si>
+    <t>7200000</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line W 5W-30</t>
+  </si>
+  <si>
+    <t>742.23</t>
+  </si>
+  <si>
+    <t>379.50</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7200003</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Diesel E4 5W-30</t>
+  </si>
+  <si>
+    <t>724.22</t>
+  </si>
+  <si>
+    <t>370.29</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7200002</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Diesel E4 5W-30</t>
+  </si>
+  <si>
+    <t>2077.92</t>
+  </si>
+  <si>
+    <t>1062.42</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400022</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 46</t>
+  </si>
+  <si>
+    <t>1117.8</t>
+  </si>
+  <si>
+    <t>571.52</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>183.04</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400031</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Marine 30</t>
+  </si>
+  <si>
+    <t>1206.89</t>
+  </si>
+  <si>
+    <t>617.07</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>186.37</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>7800220</t>
+  </si>
+  <si>
+    <t>Gazpromneft Steelgrease CS 2</t>
+  </si>
+  <si>
+    <t>432.89</t>
+  </si>
+  <si>
+    <t>221.33</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800210</t>
+  </si>
+  <si>
+    <t>Gazpromneft ГК марка 1</t>
+  </si>
+  <si>
+    <t>1349.47</t>
+  </si>
+  <si>
+    <t>689.97</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800225</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>1213.12</t>
+  </si>
+  <si>
+    <t>620.26</t>
+  </si>
+  <si>
+    <t>200 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7900042</t>
+  </si>
+  <si>
+    <t>G-Profi MSF 15W-40</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>100.21</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CF-4</t>
+  </si>
+  <si>
+    <t>7900041</t>
+  </si>
+  <si>
+    <t>G-Profi MSF 15W-40</t>
+  </si>
+  <si>
+    <t>1791.99</t>
+  </si>
+  <si>
+    <t>916.23</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CF-4</t>
+  </si>
+  <si>
+    <t>7800230</t>
+  </si>
+  <si>
+    <t>Gazpromneft Universal Grease</t>
+  </si>
+  <si>
+    <t>2.82</t>
+  </si>
+  <si>
+    <t>1.44</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900046</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>50.41</t>
+  </si>
+  <si>
+    <t>25.77</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.396</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800228</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 10W-40</t>
+  </si>
+  <si>
+    <t>9.32</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.873</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>7800284</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 10W-30</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
+    <t>4.08</t>
+  </si>
+  <si>
+    <t>800 мл.</t>
+  </si>
+  <si>
+    <t>0.7</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>7800218</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>1.42</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400040</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth C2&amp;sol;C3 5W-30</t>
+  </si>
+  <si>
+    <t>15.12</t>
+  </si>
+  <si>
+    <t>7.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.844</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7400033</t>
+  </si>
+  <si>
+    <t>G-Energy S Synth 10W-40</t>
+  </si>
+  <si>
+    <t>2335.19</t>
+  </si>
+  <si>
+    <t>1193.96</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>181.37</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900040</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-40</t>
+  </si>
+  <si>
+    <t>554.67</t>
+  </si>
+  <si>
+    <t>283.60</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.61</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900039</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Long Life 10W-40</t>
+  </si>
+  <si>
+    <t>516.61</t>
+  </si>
+  <si>
+    <t>264.14</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.76</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7400038</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 10W-40</t>
+  </si>
+  <si>
+    <t>250.05</t>
+  </si>
+  <si>
+    <t>127.85</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.32</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900071</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 10W-40</t>
+  </si>
+  <si>
+    <t>2561.99</t>
+  </si>
+  <si>
+    <t>1309.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900072</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 5W-30</t>
+  </si>
+  <si>
+    <t>2561.99</t>
+  </si>
+  <si>
+    <t>1309.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900051</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-40</t>
+  </si>
+  <si>
+    <t>2234.67</t>
+  </si>
+  <si>
+    <t>1142.57</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900050</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Long Life 10W-40</t>
+  </si>
+  <si>
+    <t>2084.04</t>
+  </si>
+  <si>
+    <t>1065.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7400042</t>
+  </si>
+  <si>
+    <t>G-Profi MSJ 10W-30</t>
+  </si>
+  <si>
+    <t>2117.92</t>
+  </si>
+  <si>
+    <t>1082.88</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>180.54</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CJ-4</t>
+  </si>
+  <si>
+    <t>7900053</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>2085.99</t>
+  </si>
+  <si>
+    <t>1066.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900054</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-30</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>293.48</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.57</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900052</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-30</t>
+  </si>
+  <si>
+    <t>2323.99</t>
+  </si>
+  <si>
+    <t>1188.24</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800245</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>4.86</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>300 гр.</t>
+  </si>
+  <si>
+    <t>0.3</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900055</t>
+  </si>
+  <si>
+    <t>G-Motion 4T 5W-30</t>
+  </si>
+  <si>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>5.98</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800251</t>
+  </si>
+  <si>
+    <t>Gazpromneft HD 40</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>7800247</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LTS 2</t>
+  </si>
+  <si>
+    <t>194.94</t>
+  </si>
+  <si>
+    <t>99.67</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900056</t>
+  </si>
+  <si>
+    <t>G-Motion 2T</t>
+  </si>
+  <si>
+    <t>10.43</t>
+  </si>
+  <si>
+    <t>5.33</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300015</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 15W-40</t>
+  </si>
+  <si>
+    <t>39.42</t>
+  </si>
+  <si>
+    <t>20.16</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300027</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra Plus 10W-40</t>
+  </si>
+  <si>
+    <t>184.28</t>
+  </si>
+  <si>
+    <t>94.22</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.2</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7300023</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>65.48</t>
+  </si>
+  <si>
+    <t>33.48</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.79</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800259</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>397.72</t>
+  </si>
+  <si>
+    <t>203.35</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300055</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 10W-40</t>
+  </si>
+  <si>
+    <t>446.38</t>
+  </si>
+  <si>
+    <t>228.23</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>52.38</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900057</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>615.16</t>
+  </si>
+  <si>
+    <t>314.53</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.3</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300044</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>46.66</t>
+  </si>
+  <si>
+    <t>23.86</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300051</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>32.95</t>
+  </si>
+  <si>
+    <t>16.85</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300043</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300052</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>27.76</t>
+  </si>
+  <si>
+    <t>14.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.54</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300058</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>1618.1</t>
+  </si>
+  <si>
+    <t>827.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.61</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300057</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-5 80W-90</t>
+  </si>
+  <si>
+    <t>1505.25</t>
+  </si>
+  <si>
+    <t>769.62</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.27</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300060</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>427.95</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300029</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-5 80W-90</t>
+  </si>
+  <si>
+    <t>9.19</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300042</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line C3 5W-40</t>
+  </si>
+  <si>
+    <t>10.08</t>
+  </si>
+  <si>
+    <t>5.15</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300045</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line C3 5W-40</t>
+  </si>
+  <si>
+    <t>37.26</t>
+  </si>
+  <si>
+    <t>19.05</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300036</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Line 10W-40</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300062</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>4.86</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300063</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>24.03</t>
+  </si>
+  <si>
+    <t>12.29</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>5.63</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300026</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-30</t>
+  </si>
+  <si>
+    <t>46.44</t>
+  </si>
+  <si>
+    <t>23.74</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300066</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 90</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>4.45</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7300068</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>6.09</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300073</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 2T</t>
+  </si>
+  <si>
+    <t>5.68</t>
+  </si>
+  <si>
+    <t>2.90</t>
+  </si>
+  <si>
+    <t>0.5 л.</t>
+  </si>
+  <si>
+    <t>0.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300070</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 30</t>
+  </si>
+  <si>
+    <t>1782.27</t>
+  </si>
+  <si>
+    <t>911.26</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.75</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300096</t>
+  </si>
+  <si>
+    <t>Gazpromneft 2T Synth</t>
+  </si>
+  <si>
+    <t>10.91</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300101</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>173.87</t>
+  </si>
+  <si>
+    <t>88.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300104</t>
+  </si>
+  <si>
+    <t>Gazpromneft Screenwash Winter</t>
+  </si>
+  <si>
+    <t>7.47</t>
+  </si>
+  <si>
+    <t>3.82</t>
+  </si>
+  <si>
+    <t>3 л.</t>
+  </si>
+  <si>
+    <t>2.88</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800265</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 00</t>
+  </si>
+  <si>
+    <t>1803.61</t>
+  </si>
+  <si>
+    <t>922.17</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800266</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 1</t>
+  </si>
+  <si>
+    <t>273.78</t>
+  </si>
+  <si>
+    <t>139.98</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800268</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>13.23</t>
+  </si>
+  <si>
+    <t>6.76</t>
+  </si>
+  <si>
+    <t>800 гр.</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300094</t>
+  </si>
+  <si>
+    <t>Gazpromneft X STOU 10W-40</t>
+  </si>
+  <si>
+    <t>1766.62</t>
+  </si>
+  <si>
+    <t>903.26</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.76</t>
+  </si>
+  <si>
+    <t>Универсално масло</t>
+  </si>
+  <si>
+    <t>SF/CG-4/GL-4</t>
+  </si>
+  <si>
+    <t>7300089</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 140</t>
+  </si>
+  <si>
+    <t>1328.66</t>
+  </si>
+  <si>
+    <t>679.33</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7300093</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 75W-90</t>
+  </si>
+  <si>
+    <t>1911.05</t>
+  </si>
+  <si>
+    <t>977.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.35</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800272</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L MOLY EP 2</t>
+  </si>
+  <si>
+    <t>2698.11</t>
+  </si>
+  <si>
+    <t>1379.52</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300111</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 20W-50</t>
+  </si>
+  <si>
+    <t>9.26</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF</t>
+  </si>
+  <si>
+    <t>7300113</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-4 80W-90</t>
+  </si>
+  <si>
+    <t>153.35</t>
+  </si>
+  <si>
+    <t>78.41</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.88</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7900058</t>
+  </si>
+  <si>
+    <t>G-Energy Service Line W 5W-40</t>
+  </si>
+  <si>
+    <t>20.73</t>
+  </si>
+  <si>
+    <t>10.60</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7900062</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 10W-30</t>
+  </si>
+  <si>
+    <t>311.08</t>
+  </si>
+  <si>
+    <t>159.05</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.63</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7900061</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 15W-40</t>
+  </si>
+  <si>
+    <t>272.45</t>
+  </si>
+  <si>
+    <t>139.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.76</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7300107</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>4.45</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.881</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300125</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>32.35</t>
+  </si>
+  <si>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300126</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>4.48</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300120</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 220</t>
+  </si>
+  <si>
+    <t>1455.29</t>
+  </si>
+  <si>
+    <t>744.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.3</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800273</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>1.42</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900065</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 5W-30</t>
+  </si>
+  <si>
+    <t>2912.01</t>
+  </si>
+  <si>
+    <t>1488.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4</t>
+  </si>
+  <si>
+    <t>7300139</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 100</t>
+  </si>
+  <si>
+    <t>1580.84</t>
+  </si>
+  <si>
+    <t>808.27</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300140</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>39.95</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.41</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300137</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>167.4</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300138</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 30</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>91.80</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300133</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>2400.31</t>
+  </si>
+  <si>
+    <t>1227.26</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.35</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300135</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra 5W-30</t>
+  </si>
+  <si>
+    <t>2011.49</t>
+  </si>
+  <si>
+    <t>1028.46</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800277</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>170 кг.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900063</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth 5W-40</t>
+  </si>
+  <si>
+    <t>65.52</t>
+  </si>
+  <si>
+    <t>33.50</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800286</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 30</t>
+  </si>
+  <si>
+    <t>6.71</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>800 мл.</t>
+  </si>
+  <si>
+    <t>0.71</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300142</t>
+  </si>
+  <si>
+    <t>G-Energy Premium C3 5W-30</t>
+  </si>
+  <si>
+    <t>63.69</t>
+  </si>
+  <si>
+    <t>32.56</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300128</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-30</t>
+  </si>
+  <si>
+    <t>1765.49</t>
+  </si>
+  <si>
+    <t>902.68</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177.74</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4</t>
+  </si>
+  <si>
+    <t>7300127</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-30</t>
+  </si>
+  <si>
+    <t>180.47</t>
+  </si>
+  <si>
+    <t>92.27</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.34</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4</t>
+  </si>
+  <si>
+    <t>7300129</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-40</t>
+  </si>
+  <si>
+    <t>199.8</t>
+  </si>
+  <si>
+    <t>102.16</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4</t>
+  </si>
+  <si>
+    <t>7300131</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 15W-40</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7300148</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>8.64</t>
+  </si>
+  <si>
+    <t>4.42</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300149</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>33.48</t>
+  </si>
+  <si>
+    <t>17.12</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.55</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300150</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>41.85</t>
+  </si>
+  <si>
+    <t>21.40</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300136</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF Suffix A</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900067</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth 5W-40</t>
   </si>
   <si>
     <t>17.53</t>
   </si>
   <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800290</t>
+  </si>
+  <si>
+    <t>Gazpromneft PS Fluid</t>
+  </si>
+  <si>
+    <t>8.1</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300156</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>5.49</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1.07</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900068</t>
+  </si>
+  <si>
+    <t>G-Box ATF Far East</t>
+  </si>
+  <si>
+    <t>16.24</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900069</t>
+  </si>
+  <si>
+    <t>G-Box DCT</t>
+  </si>
+  <si>
+    <t>23.11</t>
+  </si>
+  <si>
+    <t>11.82</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800292</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium A5B5 5W-30</t>
+  </si>
+  <si>
+    <t>12.27</t>
+  </si>
+  <si>
+    <t>6.27</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800288</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 460</t>
+  </si>
+  <si>
+    <t>1363.49</t>
+  </si>
+  <si>
+    <t>697.14</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300147</t>
+  </si>
+  <si>
+    <t>Gazpromneft Screenwash Summer</t>
+  </si>
+  <si>
+    <t>3.56</t>
+  </si>
+  <si>
+    <t>1.82</t>
+  </si>
+  <si>
+    <t>3 л.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900070</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Extra Life 5W-30</t>
+  </si>
+  <si>
+    <t>24.92</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7800294</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium A5B5 5W-30</t>
+  </si>
+  <si>
+    <t>45.5</t>
+  </si>
+  <si>
+    <t>23.26</t>
+  </si>
+  <si>
     <t>4 л.</t>
   </si>
   <si>
-    <t>3.499</t>
+    <t>3.41</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800296</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>130.96</t>
+  </si>
+  <si>
+    <t>66.96</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800509</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 15W-40</t>
+  </si>
+  <si>
+    <t>1287.9</t>
+  </si>
+  <si>
+    <t>658.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800537</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 20W-50</t>
+  </si>
+  <si>
+    <t>1306.8</t>
+  </si>
+  <si>
+    <t>668.16</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800503</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 10W-40</t>
+  </si>
+  <si>
+    <t>1582.19</t>
+  </si>
+  <si>
+    <t>808.96</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800508</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 15W-40</t>
+  </si>
+  <si>
+    <t>1538.99</t>
+  </si>
+  <si>
+    <t>786.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800534</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-40</t>
+  </si>
+  <si>
+    <t>1464.75</t>
+  </si>
+  <si>
+    <t>748.91</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800535</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>1410.75</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800536</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 20W-50</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>731.66</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800516</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra LA 10W-40</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1021.56</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800538</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra Plus 10W-40</t>
+  </si>
+  <si>
+    <t>1786.87</t>
+  </si>
+  <si>
+    <t>913.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800531</t>
+  </si>
+  <si>
+    <t>М-10В2</t>
+  </si>
+  <si>
+    <t>1074.6</t>
+  </si>
+  <si>
+    <t>549.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CB</t>
+  </si>
+  <si>
+    <t>7800514</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 5W-40</t>
+  </si>
+  <si>
+    <t>1590.3</t>
+  </si>
+  <si>
+    <t>813.11</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800510</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>1268.99</t>
+  </si>
+  <si>
+    <t>648.82</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800504</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 20W-50</t>
+  </si>
+  <si>
+    <t>1266.3</t>
+  </si>
+  <si>
+    <t>647.45</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7500503</t>
+  </si>
+  <si>
+    <t>1206.89</t>
+  </si>
+  <si>
+    <t>617.07</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800506</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 2T</t>
+  </si>
+  <si>
+    <t>1239.31</t>
+  </si>
+  <si>
+    <t>633.65</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800532</t>
+  </si>
+  <si>
+    <t>Gazpromneft Form Oil 135</t>
+  </si>
+  <si>
+    <t>1293.3</t>
+  </si>
+  <si>
+    <t>661.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Кофражно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800520</t>
+  </si>
+  <si>
+    <t>И-12А</t>
+  </si>
+  <si>
+    <t>1075.13</t>
+  </si>
+  <si>
+    <t>549.71</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800533</t>
+  </si>
+  <si>
+    <t>И-20А</t>
+  </si>
+  <si>
+    <t>1093.51</t>
+  </si>
+  <si>
+    <t>559.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800521</t>
+  </si>
+  <si>
+    <t>И-40А</t>
+  </si>
+  <si>
+    <t>1100.24</t>
+  </si>
+  <si>
+    <t>562.54</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800512</t>
+  </si>
+  <si>
+    <t>Gazpromneft HTO 32</t>
+  </si>
+  <si>
+    <t>1418.85</t>
+  </si>
+  <si>
+    <t>725.45</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800525</t>
+  </si>
+  <si>
+    <t>Термойл 16</t>
+  </si>
+  <si>
+    <t>1435.04</t>
+  </si>
+  <si>
+    <t>733.72</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800527</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 68</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800505</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 460</t>
+  </si>
+  <si>
+    <t>1552.51</t>
+  </si>
+  <si>
+    <t>793.79</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800541</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 68</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800501</t>
+  </si>
+  <si>
+    <t>1363.49</t>
+  </si>
+  <si>
+    <t>697.14</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800540</t>
+  </si>
+  <si>
+    <t>1410.75</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800530</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>1601.1</t>
+  </si>
+  <si>
+    <t>818.63</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800507</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 90</t>
+  </si>
+  <si>
+    <t>1379.7</t>
+  </si>
+  <si>
+    <t>705.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800511</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 80W-90</t>
+  </si>
+  <si>
+    <t>1344.87</t>
+  </si>
+  <si>
+    <t>687.62</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800523</t>
+  </si>
+  <si>
+    <t>ТСп-15К</t>
+  </si>
+  <si>
+    <t>1369.72</t>
+  </si>
+  <si>
+    <t>700.33</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-3</t>
+  </si>
+  <si>
+    <t>7800517</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 32</t>
+  </si>
+  <si>
+    <t>1074.6</t>
+  </si>
+  <si>
+    <t>549.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800518</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 46</t>
+  </si>
+  <si>
+    <t>1078.65</t>
+  </si>
+  <si>
+    <t>551.51</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800519</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 68</t>
+  </si>
+  <si>
+    <t>1098.63</t>
+  </si>
+  <si>
+    <t>561.72</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800513</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 46</t>
+  </si>
+  <si>
+    <t>1134.01</t>
+  </si>
+  <si>
+    <t>579.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800528</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>1171.8</t>
+  </si>
+  <si>
+    <t>599.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800529</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 32</t>
+  </si>
+  <si>
+    <t>1424.24</t>
+  </si>
+  <si>
+    <t>728.20</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800502</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 46</t>
+  </si>
+  <si>
+    <t>1348.65</t>
+  </si>
+  <si>
+    <t>689.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800526</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 46</t>
+  </si>
+  <si>
+    <t>1239.84</t>
+  </si>
+  <si>
+    <t>633.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800539</t>
+  </si>
+  <si>
+    <t>МГЕ-46В</t>
+  </si>
+  <si>
+    <t>1275.75</t>
+  </si>
+  <si>
+    <t>652.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500500</t>
+  </si>
+  <si>
+    <t>1198.81</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500501</t>
+  </si>
+  <si>
+    <t>1198.81</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500502</t>
+  </si>
+  <si>
+    <t>1198.81</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800524</t>
+  </si>
+  <si>
+    <t>Gazpromneft Cutoil GR 10</t>
+  </si>
+  <si>
+    <t>1714.5</t>
+  </si>
+  <si>
+    <t>876.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000070</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 150</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>800.68</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.93</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000082</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 150</t>
+  </si>
+  <si>
+    <t>167.4</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.85</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000069</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 40</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>427.95</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000068</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 85W-140</t>
+  </si>
+  <si>
+    <t>187.65</t>
+  </si>
+  <si>
+    <t>95.94</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.09</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000027</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 85W-140</t>
+  </si>
+  <si>
+    <t>1821.14</t>
+  </si>
+  <si>
+    <t>931.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185.45</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000066</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000067</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>32.4</t>
+  </si>
+  <si>
+    <t>16.57</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000065</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>1439.11</t>
+  </si>
+  <si>
+    <t>735.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000063</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>37.26</t>
+  </si>
+  <si>
+    <t>19.05</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000051</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 220</t>
+  </si>
+  <si>
+    <t>1474.2</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.66</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000050</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>1066.5</t>
+  </si>
+  <si>
+    <t>545.29</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000008</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>62.1</t>
+  </si>
+  <si>
+    <t>31.75</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>11.21</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000014</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>6.21</t>
+  </si>
+  <si>
+    <t>3.18</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000045</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS SAE 15W-40</t>
+  </si>
+  <si>
+    <t>34.17</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000015</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS SAE 15W-40</t>
+  </si>
+  <si>
+    <t>8.61</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000046</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT PLUS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>177.38</t>
+  </si>
+  <si>
+    <t>90.69</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000016</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT PLUS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>1660.5</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000047</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>512.47</t>
+  </si>
+  <si>
+    <t>262.02</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>53.22</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800077</t>
-[...8 lines deleted...]
-    <t>662.63</t>
+    <t>7000062</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>41.58</t>
+  </si>
+  <si>
+    <t>21.26</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000036</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>4.48</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000037</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>33.62</t>
+  </si>
+  <si>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000056</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>10.53</t>
+  </si>
+  <si>
+    <t>5.38</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000059</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>46.18</t>
+  </si>
+  <si>
+    <t>23.61</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000032</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>37.52</t>
+  </si>
+  <si>
+    <t>19.18</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000048</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>8.1</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7000064</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>36.05</t>
+  </si>
+  <si>
+    <t>18.43</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7000038</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>30.36</t>
+  </si>
+  <si>
+    <t>15.52</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.49</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7000049</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT SAE 15W-40</t>
+  </si>
+  <si>
+    <t>175.5</t>
+  </si>
+  <si>
+    <t>89.73</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000052</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 68</t>
+  </si>
+  <si>
+    <t>1482.3</t>
+  </si>
+  <si>
+    <t>757.89</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
+    <t>180.41</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000073</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 68</t>
+  </si>
+  <si>
+    <t>141.21</t>
+  </si>
+  <si>
+    <t>72.20</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000053</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>4.82</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000054</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>36.17</t>
+  </si>
+  <si>
+    <t>18.49</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000060</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>45.1</t>
+  </si>
+  <si>
+    <t>23.06</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000055</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT EURO SAE 10W-40</t>
+  </si>
+  <si>
+    <t>2240.99</t>
+  </si>
+  <si>
+    <t>1145.80</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CI-4</t>
+  </si>
+  <si>
+    <t>7000039</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT EURO SAE 10W-40</t>
+  </si>
+  <si>
+    <t>234.89</t>
+  </si>
+  <si>
+    <t>120.10</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.21</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CI-4</t>
+  </si>
+  <si>
+    <t>7000057</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-30</t>
+  </si>
+  <si>
+    <t>57.77</t>
+  </si>
+  <si>
+    <t>29.54</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000074</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-30</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>6.56</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000058</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>57.9</t>
+  </si>
+  <si>
+    <t>29.60</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000031</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>12.7</t>
+  </si>
+  <si>
+    <t>6.49</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000071</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>49.01</t>
+  </si>
+  <si>
+    <t>25.06</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000061</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>41.85</t>
+  </si>
+  <si>
+    <t>21.40</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000033</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>8.95</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000034</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>34.3</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.49</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000035</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 15W-40</t>
+  </si>
+  <si>
+    <t>72.37</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000024</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>2357.11</t>
+  </si>
+  <si>
+    <t>1205.17</t>
+  </si>
+  <si>
+    <t>1000 л.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000000</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>14.84</t>
+  </si>
+  <si>
+    <t>7.59</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000092</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>24.17</t>
+  </si>
+  <si>
+    <t>12.36</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000040</t>
+  </si>
+  <si>
+    <t>NISOTEC SUPER LONG SAE 20W-50</t>
+  </si>
+  <si>
+    <t>164.7</t>
+  </si>
+  <si>
+    <t>84.21</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.74</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4/CG-4/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7000030</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE PS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>561.05</t>
+  </si>
+  <si>
+    <t>286.86</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>52.26</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000011</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 32</t>
+  </si>
+  <si>
+    <t>1123.19</t>
+  </si>
+  <si>
+    <t>574.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.69</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000004</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 32</t>
+  </si>
+  <si>
+    <t>122.85</t>
+  </si>
+  <si>
+    <t>62.81</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.43</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000003</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>64.26</t>
+  </si>
+  <si>
+    <t>32.86</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.66</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000012</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>1134.01</t>
+  </si>
+  <si>
+    <t>579.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000005</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>124.2</t>
+  </si>
+  <si>
+    <t>63.50</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000028</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 68</t>
+  </si>
+  <si>
+    <t>1171.8</t>
+  </si>
+  <si>
+    <t>599.13</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.39</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000001</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 100</t>
+  </si>
+  <si>
+    <t>1447.74</t>
+  </si>
+  <si>
+    <t>740.22</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181.29</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000021</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 22</t>
+  </si>
+  <si>
+    <t>1498.49</t>
+  </si>
+  <si>
+    <t>766.17</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.07</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000044</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 46</t>
+  </si>
+  <si>
+    <t>1348.65</t>
+  </si>
+  <si>
+    <t>689.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.13</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000077</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 46</t>
+  </si>
+  <si>
+    <t>141.76</t>
+  </si>
+  <si>
+    <t>72.48</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000026</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-30</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000091</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-30</t>
+  </si>
+  <si>
+    <t>39.95</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000007</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 150</t>
+  </si>
+  <si>
+    <t>1618.1</t>
+  </si>
+  <si>
+    <t>827.32</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.66</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000041</t>
+  </si>
+  <si>
+    <t>NISOTEC DIZEL S-3 SAE 20W-50</t>
+  </si>
+  <si>
+    <t>156.6</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.67</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CD</t>
+  </si>
+  <si>
+    <t>7000019</t>
+  </si>
+  <si>
+    <t>NISOTEC 2T</t>
+  </si>
+  <si>
+    <t>8.24</t>
+  </si>
+  <si>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>7000086</t>
+  </si>
+  <si>
+    <t>NISOTEC 2T</t>
+  </si>
+  <si>
+    <t>5.68</t>
+  </si>
+  <si>
+    <t>2.90</t>
+  </si>
+  <si>
+    <t>0.5 л.</t>
+  </si>
+  <si>
+    <t>0.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>7000022</t>
+  </si>
+  <si>
+    <t>NISOTEC OPLATOL</t>
+  </si>
+  <si>
+    <t>1293.3</t>
+  </si>
+  <si>
+    <t>661.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.06</t>
+  </si>
+  <si>
+    <t>Кофражно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000029</t>
+  </si>
+  <si>
+    <t>NISOTEC TERMOL 32</t>
+  </si>
+  <si>
+    <t>1418.85</t>
+  </si>
+  <si>
+    <t>725.45</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.46</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000020</t>
+  </si>
+  <si>
+    <t>NISOTEC TRAKTOL 80</t>
+  </si>
+  <si>
+    <t>172.81</t>
+  </si>
+  <si>
+    <t>88.36</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.61</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000002</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF DII</t>
+  </si>
+  <si>
+    <t>9.69</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000072</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF DII</t>
+  </si>
+  <si>
+    <t>1610.02</t>
+  </si>
+  <si>
+    <t>823.19</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177.51</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000043</t>
+  </si>
+  <si>
+    <t>NISOTEC GL-1 SAE 140</t>
+  </si>
+  <si>
+    <t>156.6</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.04</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7000042</t>
+  </si>
+  <si>
+    <t>NISOTEC GL-1 SAE 90</t>
+  </si>
+  <si>
+    <t>145.8</t>
+  </si>
+  <si>
+    <t>74.55</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7000009</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>80.45</t>
+  </si>
+  <si>
+    <t>41.13</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000010</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>4.45</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000075</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>34.22</t>
+  </si>
+  <si>
+    <t>17.50</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.6</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000006</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 80W-90</t>
+  </si>
+  <si>
+    <t>8.92</t>
+  </si>
+  <si>
+    <t>4.56</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000013</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 80W-90</t>
+  </si>
+  <si>
+    <t>1547.1</t>
+  </si>
+  <si>
+    <t>791.02</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.5</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000017</t>
+  </si>
+  <si>
+    <t>NISOTEC 4T MOTO SAE 20W-50</t>
+  </si>
+  <si>
+    <t>9.26</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>7000018</t>
+  </si>
+  <si>
+    <t>NISOTEC 4T GARDEN</t>
+  </si>
+  <si>
+    <t>9.19</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000023</t>
+  </si>
+  <si>
+    <t>NISOTEC CLEANER EXTRA</t>
+  </si>
+  <si>
+    <t>66.69</t>
+  </si>
+  <si>
+    <t>34.10</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.05</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000025</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTO GLASS SUMMER</t>
+  </si>
+  <si>
+    <t>3.25</t>
+  </si>
+  <si>
+    <t>1.66</t>
+  </si>
+  <si>
+    <t>2 л.</t>
+  </si>
+  <si>
+    <t>1.99</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000079</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 15W-40</t>
+  </si>
+  <si>
+    <t>2030.39</t>
+  </si>
+  <si>
+    <t>1038.12</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.14</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000081</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 15W-40</t>
+  </si>
+  <si>
+    <t>207.9</t>
+  </si>
+  <si>
+    <t>106.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.38</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000080</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 68</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>686.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.42</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000076</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF SUFFIX A</t>
+  </si>
+  <si>
+    <t>1410.75</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.08</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000090</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF SUFFIX A</t>
+  </si>
+  <si>
+    <t>79.66</t>
+  </si>
+  <si>
+    <t>40.73</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.74</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000078</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 68</t>
+  </si>
+  <si>
+    <t>1348.12</t>
+  </si>
+  <si>
+    <t>689.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.05</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000087</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 75W-90</t>
+  </si>
+  <si>
+    <t>13.37</t>
+  </si>
+  <si>
+    <t>6.84</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000084</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 10W-40</t>
+  </si>
+  <si>
+    <t>2150</t>
+  </si>
+  <si>
+    <t>1099.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.69</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000094</t>
+  </si>
+  <si>
+    <t>NISOTEC SUPER LONG SAE 15W-40</t>
+  </si>
+  <si>
+    <t>157.95</t>
+  </si>
+  <si>
+    <t>80.76</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4/CG-4/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7000088</t>
+  </si>
+  <si>
+    <t>NISOTEC TESTEROL</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.92</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000089</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 75W-90</t>
+  </si>
+  <si>
+    <t>276.74</t>
+  </si>
+  <si>
+    <t>141.49</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.16</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000093</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 80W-90</t>
+  </si>
+  <si>
+    <t>9.19</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800546</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 2</t>
+  </si>
+  <si>
+    <t>2416.5</t>
+  </si>
+  <si>
+    <t>1235.54</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800553</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 10W-40</t>
+  </si>
+  <si>
+    <t>1512.01</t>
+  </si>
+  <si>
+    <t>773.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900502</t>
+  </si>
+  <si>
+    <t>G-Profi GT 10W-40</t>
+  </si>
+  <si>
+    <t>1953.57</t>
+  </si>
+  <si>
+    <t>998.84</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7900503</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 15W-40</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>909.08</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900504</t>
+  </si>
+  <si>
+    <t>G-Profi MSI Plus 15W-40</t>
+  </si>
+  <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>837.50</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900501</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 15W-40</t>
+  </si>
+  <si>
+    <t>2212</t>
+  </si>
+  <si>
+    <t>1130.98</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7800555</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 10W-40</t>
+  </si>
+  <si>
+    <t>1298.69</t>
+  </si>
+  <si>
+    <t>664.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
     <t>179</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
-    <t>SG/CD</t>
-[...17 lines deleted...]
-    <t>0.882</t>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800551</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>1499.86</t>
+  </si>
+  <si>
+    <t>766.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
-    <t>SG/CD</t>
-[...35 lines deleted...]
-    <t>646.07</t>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800542</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 150</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>800.68</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>Моторно масло</t>
-[...92 lines deleted...]
-    <t>18.42</t>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800543</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 220</t>
+  </si>
+  <si>
+    <t>1474.2</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800544</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 320</t>
+  </si>
+  <si>
+    <t>1474.2</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800549</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 80W-85</t>
+  </si>
+  <si>
+    <t>1458.01</t>
+  </si>
+  <si>
+    <t>745.47</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
   </si>
   <si>
     <t>Трансмисионно масло</t>
   </si>
   <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800554</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 80W-90</t>
+  </si>
+  <si>
+    <t>1505.25</t>
+  </si>
+  <si>
+    <t>769.62</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
     <t>GL-5</t>
   </si>
   <si>
-    <t>7800215</t>
-[...8 lines deleted...]
-    <t>881.73</t>
+    <t>7800552</t>
+  </si>
+  <si>
+    <t>Тп-30</t>
+  </si>
+  <si>
+    <t>1344.61</t>
+  </si>
+  <si>
+    <t>687.49</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
-    <t>185</t>
-[...26 lines deleted...]
-    <t>Масло за промивка</t>
+    <t>174</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>7800003</t>
-[...14 lines deleted...]
-    <t>0.15</t>
+    <t>7800547</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 32</t>
+  </si>
+  <si>
+    <t>1123.19</t>
+  </si>
+  <si>
+    <t>574.28</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800548</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 15</t>
+  </si>
+  <si>
+    <t>1477.18</t>
+  </si>
+  <si>
+    <t>755.27</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800545</t>
+  </si>
+  <si>
+    <t>Gazpromneft Steelgrease CS 2</t>
+  </si>
+  <si>
+    <t>2079</t>
+  </si>
+  <si>
+    <t>1062.98</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
   </si>
   <si>
     <t>Грес</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>7800004</t>
-[...128 lines deleted...]
-    <t>889.86</t>
+    <t>7900500</t>
+  </si>
+  <si>
+    <t>G-Special UTTO 10W-30</t>
+  </si>
+  <si>
+    <t>1806.01</t>
+  </si>
+  <si>
+    <t>923.40</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
-    <t>176</t>
-[...1994 lines deleted...]
-    <t>Трансмисионно масло</t>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
   </si>
   <si>
     <t>GL-4</t>
-  </si>
-[...6238 lines deleted...]
-    <t>GL-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -9054,51 +9393,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H365"/>
+  <dimension ref="A1:H379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
     <col min="1" max="1" width="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
@@ -12263,130 +12602,130 @@
         <v>974</v>
       </c>
       <c r="H122" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>976</v>
       </c>
       <c r="B123" t="s">
         <v>977</v>
       </c>
       <c r="C123" t="s">
         <v>978</v>
       </c>
       <c r="D123" t="s">
         <v>979</v>
       </c>
       <c r="E123" t="s">
         <v>980</v>
       </c>
       <c r="F123" t="s">
         <v>981</v>
       </c>
-      <c r="G123" t="s">
+      <c r="G123">
+        <v/>
+      </c>
+      <c r="H123" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>983</v>
+      </c>
+      <c r="B124" t="s">
         <v>984</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
         <v>985</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>986</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
         <v>987</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>988</v>
       </c>
-      <c r="F124" t="s">
+      <c r="G124" t="s">
         <v>989</v>
       </c>
-      <c r="G124" t="s">
+      <c r="H124" t="s">
         <v>990</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>991</v>
+      </c>
+      <c r="B125" t="s">
         <v>992</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>993</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>994</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>995</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>996</v>
       </c>
-      <c r="F125" t="s">
+      <c r="G125" t="s">
         <v>997</v>
       </c>
-      <c r="G125" t="s">
+      <c r="H125" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>999</v>
+      </c>
+      <c r="B126" t="s">
         <v>1000</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>1001</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>1002</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
         <v>1003</v>
       </c>
-      <c r="E126" t="s">
+      <c r="F126" t="s">
         <v>1004</v>
       </c>
-      <c r="F126" t="s">
+      <c r="G126" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H126" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>1007</v>
       </c>
       <c r="B127" t="s">
         <v>1008</v>
       </c>
       <c r="C127" t="s">
         <v>1009</v>
       </c>
       <c r="D127" t="s">
         <v>1010</v>
       </c>
       <c r="E127" t="s">
         <v>1011</v>
       </c>
       <c r="F127" t="s">
         <v>1012</v>
       </c>
       <c r="G127" t="s">
@@ -13433,78 +13772,78 @@
         <v>1333</v>
       </c>
       <c r="H167" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>1335</v>
       </c>
       <c r="B168" t="s">
         <v>1336</v>
       </c>
       <c r="C168" t="s">
         <v>1337</v>
       </c>
       <c r="D168" t="s">
         <v>1338</v>
       </c>
       <c r="E168" t="s">
         <v>1339</v>
       </c>
       <c r="F168" t="s">
         <v>1340</v>
       </c>
-      <c r="G168" t="s">
+      <c r="G168">
+        <v/>
+      </c>
+      <c r="H168" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B169" t="s">
         <v>1343</v>
       </c>
-      <c r="B169" t="s">
+      <c r="C169" t="s">
         <v>1344</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169" t="s">
         <v>1345</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" t="s">
         <v>1346</v>
       </c>
-      <c r="E169" t="s">
+      <c r="F169" t="s">
         <v>1347</v>
       </c>
-      <c r="F169" t="s">
+      <c r="G169" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H169" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>1350</v>
       </c>
       <c r="B170" t="s">
         <v>1351</v>
       </c>
       <c r="C170" t="s">
         <v>1352</v>
       </c>
       <c r="D170" t="s">
         <v>1353</v>
       </c>
       <c r="E170" t="s">
         <v>1354</v>
       </c>
       <c r="F170" t="s">
         <v>1355</v>
       </c>
       <c r="G170" t="s">
@@ -13563,1924 +13902,1924 @@
         <v>1372</v>
       </c>
       <c r="H172" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>1374</v>
       </c>
       <c r="B173" t="s">
         <v>1375</v>
       </c>
       <c r="C173" t="s">
         <v>1376</v>
       </c>
       <c r="D173" t="s">
         <v>1377</v>
       </c>
       <c r="E173" t="s">
         <v>1378</v>
       </c>
       <c r="F173" t="s">
         <v>1379</v>
       </c>
-      <c r="G173">
-        <v/>
+      <c r="G173" t="s">
+        <v>1380</v>
       </c>
       <c r="H173" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B174" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C174" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D174" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="E174" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="F174" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="G174" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H174" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B175" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C175" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D175" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="E175" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="F175" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="G175" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H175" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B176" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C176" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D176" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="E176" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="F176" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="G176" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="H176" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B177" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C177" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D177" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="E177" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="F177" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="G177" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H177" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B178" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C178" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D178" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="E178" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="F178" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="G178" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="H178" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B179" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C179" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D179" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="E179" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="F179" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="G179" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="H179" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B180" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="C180" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D180" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="E180" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="F180" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="G180" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="H180" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B181" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C181" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D181" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="E181" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="F181" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="G181" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="H181" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B182" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C182" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D182" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="E182" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="F182" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="G182" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H182" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B183" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C183" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D183" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="E183" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="F183" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="G183" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="H183" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B184" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C184" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D184" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="E184" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="F184" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="G184" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H184" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B185" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C185" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="D185" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="E185" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="F185" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="G185" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H185" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B186" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C186" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D186" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="E186" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="F186" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="G186" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="H186" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B187" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C187" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D187" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="E187" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="F187" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="G187" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="H187" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B188" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C188" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D188" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="E188" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="F188" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="G188" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="H188" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B189" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C189" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D189" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="E189" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="F189" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="G189" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="H189" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B190" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="C190" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D190" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="E190" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="F190" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="G190" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="H190" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B191" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="C191" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="D191" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="E191" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="F191" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="G191" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="H191" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B192" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C192" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="D192" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="E192" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="F192" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="G192" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="H192" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="B193" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="C193" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="D193" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="E193" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F193" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="G193" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H193" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B194" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="C194" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="D194" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="E194" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="F194" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="G194" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="H194" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B195" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="C195" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D195" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="E195" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="F195" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="G195" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="H195" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="B196" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C196" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D196" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="E196" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="F196" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="G196" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="H196" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B197" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="C197" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="D197" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="E197" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="F197" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="G197" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="H197" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B198" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C198" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D198" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="E198" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="F198" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="G198" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="H198" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B199" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C199" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D199" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="E199" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="F199" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="G199" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="H199" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B200" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="C200" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D200" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="E200" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="F200" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="G200" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="H200" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B201" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C201" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D201" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="E201" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="F201" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="G201" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="H201" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B202" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="C202" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D202" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="E202" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="F202" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="G202" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="H202" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B203" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="C203" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="D203" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="E203" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="F203" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="G203" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H203" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B204" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C204" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D204" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="E204" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="F204" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="G204" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="H204" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B205" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C205" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D205" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="E205" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="F205" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="G205" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="H205" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B206" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="C206" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D206" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="E206" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="F206" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="G206" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="H206" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B207" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C207" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D207" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="E207" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="F207" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="G207" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="H207" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="B208" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="C208" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="D208" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="E208" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="F208" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="G208" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="H208" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="B209" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="C209" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D209" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="E209" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="F209" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="G209" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="H209" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B210" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C210" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D210" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="E210" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="F210" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="G210" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="H210" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B211" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="C211" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D211" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="E211" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="F211" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="G211" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="H211" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="B212" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="C212" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D212" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="E212" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="F212" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="G212" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="H212" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="B213" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="C213" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="D213" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="E213" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="F213" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="G213" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="H213" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B214" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C214" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D214" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="E214" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="F214" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="G214" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="H214" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="B215" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="C215" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="D215" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="E215" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="F215" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="G215" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="H215" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B216" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="C216" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D216" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="E216" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="F216" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="G216" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="H216" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B217" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C217" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="D217" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="E217" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="F217" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="G217" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="H217" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B218" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="C218" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="D218" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="E218" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="F218" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="G218" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="H218" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B219" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="C219" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="D219" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="E219" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="F219" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="G219" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="H219" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="B220" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="C220" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="D220" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="E220" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="F220" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="G220" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="H220" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B221" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="C221" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="D221" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="E221" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="F221" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="G221" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="H221" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B222" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="C222" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="D222" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="E222" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="F222" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="G222" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="H222" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B223" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="C223" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="D223" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="E223" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="F223" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="G223" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="H223" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B224" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="C224" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="D224" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="E224" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="F224" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="G224" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="H224" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B225" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="C225" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D225" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="E225" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="F225" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="G225" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="H225" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B226" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="C226" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="D226" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="E226" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="F226" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="G226" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="H226" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="B227" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="C227" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="D227" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="E227" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="F227" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="G227" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="H227" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="B228" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="C228" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="D228" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="E228" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="F228" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="G228" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="H228" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="B229" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="C229" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="D229" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="E229" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="F229" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="G229" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="H229" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="B230" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="C230" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="D230" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="E230" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="F230" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="G230" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="H230" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="B231" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="C231" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="D231" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="E231" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="F231" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="G231" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="H231" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="B232" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="C232" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="D232" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="E232" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="F232" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="G232" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="H232" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="B233" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="C233" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="D233" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="E233" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="F233" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="G233" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="H233" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="B234" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="C234" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="D234" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="E234" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="F234" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="G234" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="H234" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="B235" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="C235" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="D235" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="E235" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="F235" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="G235" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="H235" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="B236" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="C236" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="D236" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="E236" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="F236" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="G236" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="H236" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="B237" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="C237" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="D237" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="E237" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F237" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="G237" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="H237" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="B238" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C238" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D238" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="E238" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="F238" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="G238" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="H238" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>1901</v>
-[...1 lines deleted...]
-      <c r="B239" t="s">
         <v>1902</v>
+      </c>
+      <c r="B239">
+        <v/>
       </c>
       <c r="C239" t="s">
         <v>1903</v>
       </c>
       <c r="D239" t="s">
         <v>1904</v>
       </c>
       <c r="E239" t="s">
         <v>1905</v>
       </c>
       <c r="F239" t="s">
         <v>1906</v>
       </c>
-      <c r="G239" t="s">
+      <c r="G239">
+        <v/>
+      </c>
+      <c r="H239" t="s">
         <v>1907</v>
-      </c>
-[...1 lines deleted...]
-        <v>1908</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B240" t="s">
         <v>1909</v>
       </c>
-      <c r="B240" t="s">
+      <c r="C240" t="s">
         <v>1910</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" t="s">
         <v>1911</v>
       </c>
-      <c r="D240" t="s">
+      <c r="E240" t="s">
         <v>1912</v>
       </c>
-      <c r="E240" t="s">
+      <c r="F240" t="s">
         <v>1913</v>
       </c>
-      <c r="F240" t="s">
+      <c r="G240" t="s">
         <v>1914</v>
       </c>
-      <c r="G240" t="s">
+      <c r="H240" t="s">
         <v>1915</v>
-      </c>
-[...1 lines deleted...]
-        <v>1916</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B241" t="s">
         <v>1917</v>
       </c>
-      <c r="B241" t="s">
+      <c r="C241" t="s">
         <v>1918</v>
       </c>
-      <c r="C241" t="s">
+      <c r="D241" t="s">
         <v>1919</v>
       </c>
-      <c r="D241" t="s">
+      <c r="E241" t="s">
         <v>1920</v>
       </c>
-      <c r="E241" t="s">
+      <c r="F241" t="s">
         <v>1921</v>
       </c>
-      <c r="F241" t="s">
+      <c r="G241" t="s">
         <v>1922</v>
       </c>
-      <c r="G241" t="s">
+      <c r="H241" t="s">
         <v>1923</v>
-      </c>
-[...1 lines deleted...]
-        <v>1924</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B242" t="s">
         <v>1925</v>
       </c>
-      <c r="B242" t="s">
+      <c r="C242" t="s">
         <v>1926</v>
       </c>
-      <c r="C242" t="s">
+      <c r="D242" t="s">
         <v>1927</v>
       </c>
-      <c r="D242" t="s">
+      <c r="E242" t="s">
         <v>1928</v>
       </c>
-      <c r="E242" t="s">
+      <c r="F242" t="s">
         <v>1929</v>
       </c>
-      <c r="F242" t="s">
+      <c r="G242" t="s">
         <v>1930</v>
       </c>
-      <c r="G242" t="s">
+      <c r="H242" t="s">
         <v>1931</v>
-      </c>
-[...1 lines deleted...]
-        <v>1932</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B243" t="s">
         <v>1933</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="C243" t="s">
         <v>1934</v>
       </c>
       <c r="D243" t="s">
         <v>1935</v>
       </c>
       <c r="E243" t="s">
         <v>1936</v>
       </c>
       <c r="F243" t="s">
         <v>1937</v>
       </c>
-      <c r="G243">
-        <v/>
+      <c r="G243" t="s">
+        <v>1938</v>
       </c>
       <c r="H243" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B244" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="C244" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="D244" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="E244" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="F244" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="G244" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="H244" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B245" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C245" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="D245" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="E245" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="F245" t="s">
-        <v>1952</v>
-[...1 lines deleted...]
-      <c r="G245" t="s">
         <v>1953</v>
+      </c>
+      <c r="G245">
+        <v/>
       </c>
       <c r="H245" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
         <v>1955</v>
       </c>
       <c r="B246" t="s">
         <v>1956</v>
       </c>
       <c r="C246" t="s">
         <v>1957</v>
       </c>
       <c r="D246" t="s">
         <v>1958</v>
       </c>
       <c r="E246" t="s">
         <v>1959</v>
       </c>
       <c r="F246" t="s">
         <v>1960</v>
       </c>
       <c r="G246" t="s">
@@ -15539,2288 +15878,2288 @@
         <v>1977</v>
       </c>
       <c r="H248" t="s">
         <v>1978</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
         <v>1979</v>
       </c>
       <c r="B249" t="s">
         <v>1980</v>
       </c>
       <c r="C249" t="s">
         <v>1981</v>
       </c>
       <c r="D249" t="s">
         <v>1982</v>
       </c>
       <c r="E249" t="s">
         <v>1983</v>
       </c>
       <c r="F249" t="s">
         <v>1984</v>
       </c>
-      <c r="G249">
-        <v/>
+      <c r="G249" t="s">
+        <v>1985</v>
       </c>
       <c r="H249" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>1986</v>
-[...1 lines deleted...]
-      <c r="B250" t="s">
         <v>1987</v>
+      </c>
+      <c r="B250">
+        <v/>
       </c>
       <c r="C250" t="s">
         <v>1988</v>
       </c>
       <c r="D250" t="s">
         <v>1989</v>
       </c>
       <c r="E250" t="s">
         <v>1990</v>
       </c>
       <c r="F250" t="s">
         <v>1991</v>
       </c>
-      <c r="G250" t="s">
+      <c r="G250">
+        <v/>
+      </c>
+      <c r="H250" t="s">
         <v>1992</v>
-      </c>
-[...1 lines deleted...]
-        <v>1993</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B251">
+        <v/>
+      </c>
+      <c r="C251" t="s">
         <v>1994</v>
       </c>
-      <c r="B251" t="s">
+      <c r="D251" t="s">
         <v>1995</v>
       </c>
-      <c r="C251" t="s">
+      <c r="E251" t="s">
         <v>1996</v>
       </c>
-      <c r="D251" t="s">
+      <c r="F251" t="s">
         <v>1997</v>
       </c>
-      <c r="E251" t="s">
+      <c r="G251">
+        <v/>
+      </c>
+      <c r="H251" t="s">
         <v>1998</v>
-      </c>
-[...7 lines deleted...]
-        <v>2001</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B252" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D252" t="s">
         <v>2002</v>
       </c>
-      <c r="B252" t="s">
+      <c r="E252" t="s">
         <v>2003</v>
       </c>
-      <c r="C252" t="s">
+      <c r="F252" t="s">
         <v>2004</v>
       </c>
-      <c r="D252" t="s">
+      <c r="G252" t="s">
         <v>2005</v>
       </c>
-      <c r="E252" t="s">
+      <c r="H252" t="s">
         <v>2006</v>
-      </c>
-[...7 lines deleted...]
-        <v>2009</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B253" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C253" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D253" t="s">
         <v>2010</v>
       </c>
-      <c r="B253" t="s">
+      <c r="E253" t="s">
         <v>2011</v>
       </c>
-      <c r="C253" t="s">
+      <c r="F253" t="s">
         <v>2012</v>
       </c>
-      <c r="D253" t="s">
+      <c r="G253" t="s">
         <v>2013</v>
       </c>
-      <c r="E253" t="s">
+      <c r="H253" t="s">
         <v>2014</v>
-      </c>
-[...7 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B254" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C254" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D254" t="s">
         <v>2018</v>
       </c>
-      <c r="B254">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="E254" t="s">
         <v>2019</v>
       </c>
-      <c r="D254" t="s">
+      <c r="F254" t="s">
         <v>2020</v>
       </c>
-      <c r="E254" t="s">
+      <c r="G254" t="s">
         <v>2021</v>
       </c>
-      <c r="F254" t="s">
+      <c r="H254" t="s">
         <v>2022</v>
-      </c>
-[...4 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B255" t="s">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="C255" t="s">
         <v>2025</v>
       </c>
       <c r="D255" t="s">
         <v>2026</v>
       </c>
       <c r="E255" t="s">
         <v>2027</v>
       </c>
       <c r="F255" t="s">
         <v>2028</v>
       </c>
-      <c r="G255">
-        <v/>
+      <c r="G255" t="s">
+        <v>2029</v>
       </c>
       <c r="H255" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="B256" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="C256" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="D256" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="E256" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="F256" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="G256" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="H256" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="B257" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="C257" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="D257" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="E257" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="F257" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="G257" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="H257" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="B258" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="C258" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="D258" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="E258" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="F258" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="G258" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="H258" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="B259" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="C259" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="D259" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="E259" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="F259" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="G259" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="H259" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="B260" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="C260" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="D260" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="E260" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="F260" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="G260" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="H260" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="B261" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="C261" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="D261" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="E261" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="F261" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="G261" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="H261" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="B262" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="C262" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="D262" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="E262" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="F262" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="G262" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="H262" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="B263" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="C263" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="D263" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="E263" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="F263" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="G263" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="H263" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="B264" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="C264" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="D264" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="E264" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="F264" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="G264" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="H264" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>2102</v>
-[...1 lines deleted...]
-      <c r="B265" t="s">
         <v>2103</v>
+      </c>
+      <c r="B265">
+        <v/>
       </c>
       <c r="C265" t="s">
         <v>2104</v>
       </c>
       <c r="D265" t="s">
         <v>2105</v>
       </c>
       <c r="E265" t="s">
         <v>2106</v>
       </c>
       <c r="F265" t="s">
         <v>2107</v>
       </c>
-      <c r="G265" t="s">
+      <c r="G265">
+        <v/>
+      </c>
+      <c r="H265" t="s">
         <v>2108</v>
-      </c>
-[...1 lines deleted...]
-        <v>2109</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B266">
+        <v/>
+      </c>
+      <c r="C266" t="s">
         <v>2110</v>
       </c>
-      <c r="B266" t="s">
+      <c r="D266" t="s">
         <v>2111</v>
       </c>
-      <c r="C266" t="s">
+      <c r="E266" t="s">
         <v>2112</v>
       </c>
-      <c r="D266" t="s">
+      <c r="F266" t="s">
         <v>2113</v>
       </c>
-      <c r="E266" t="s">
+      <c r="G266">
+        <v/>
+      </c>
+      <c r="H266" t="s">
         <v>2114</v>
-      </c>
-[...7 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B267">
+        <v/>
+      </c>
+      <c r="C267" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D267" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E267" t="s">
         <v>2118</v>
       </c>
-      <c r="B267" t="s">
+      <c r="F267" t="s">
         <v>2119</v>
       </c>
-      <c r="C267" t="s">
+      <c r="G267">
+        <v/>
+      </c>
+      <c r="H267" t="s">
         <v>2120</v>
-      </c>
-[...13 lines deleted...]
-        <v>2125</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B268" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C268" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D268" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E268" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F268" t="s">
         <v>2126</v>
       </c>
-      <c r="B268" t="s">
+      <c r="G268">
+        <v/>
+      </c>
+      <c r="H268" t="s">
         <v>2127</v>
-      </c>
-[...16 lines deleted...]
-        <v>2133</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B269" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D269" t="s">
+        <v>2131</v>
+      </c>
+      <c r="E269" t="s">
+        <v>2132</v>
+      </c>
+      <c r="F269" t="s">
+        <v>2133</v>
+      </c>
+      <c r="G269" t="s">
         <v>2134</v>
       </c>
-      <c r="B269">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="H269" t="s">
         <v>2135</v>
-      </c>
-[...13 lines deleted...]
-        <v>2139</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B270" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D270" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E270" t="s">
         <v>2140</v>
       </c>
-      <c r="B270">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="F270" t="s">
         <v>2141</v>
       </c>
-      <c r="D270" t="s">
+      <c r="G270" t="s">
         <v>2142</v>
       </c>
-      <c r="E270" t="s">
+      <c r="H270" t="s">
         <v>2143</v>
-      </c>
-[...7 lines deleted...]
-        <v>2145</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B271" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C271" t="s">
         <v>2146</v>
       </c>
-      <c r="B271">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="D271" t="s">
         <v>2147</v>
       </c>
-      <c r="D271" t="s">
+      <c r="E271" t="s">
         <v>2148</v>
       </c>
-      <c r="E271" t="s">
+      <c r="F271" t="s">
         <v>2149</v>
       </c>
-      <c r="F271" t="s">
+      <c r="G271" t="s">
         <v>2150</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H271" t="s">
         <v>2151</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
         <v>2152</v>
       </c>
       <c r="B272" t="s">
         <v>2153</v>
       </c>
       <c r="C272" t="s">
         <v>2154</v>
       </c>
       <c r="D272" t="s">
         <v>2155</v>
       </c>
       <c r="E272" t="s">
         <v>2156</v>
       </c>
       <c r="F272" t="s">
         <v>2157</v>
       </c>
-      <c r="G272">
-        <v/>
+      <c r="G272" t="s">
+        <v>2158</v>
       </c>
       <c r="H272" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="B273" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="C273" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="D273" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="E273" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="F273" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="G273" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="H273" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="B274" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="C274" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="D274" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="E274" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="F274" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="G274" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="H274" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="B275" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="C275" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="D275" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="E275" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="F275" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="G275" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="H275" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="B276" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="C276" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="D276" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="E276" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="F276" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="G276" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="H276" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="B277" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="C277" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="D277" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="E277" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="F277" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="G277" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="H277" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="B278" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="C278" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="D278" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="E278" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="F278" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="G278" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="H278" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="B279" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="C279" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="D279" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="E279" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="F279" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="G279" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="H279" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="B280" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="C280" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="D280" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="E280" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="F280" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="G280" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="H280" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="B281" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="C281" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="D281" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="E281" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="F281" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="G281" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="H281" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="B282" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="C282" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="D282" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="E282" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="F282" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="G282" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="H282" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="B283" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="C283" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="D283" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="E283" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="F283" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="G283" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="H283" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="B284" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="C284" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="D284" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="E284" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="F284" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="G284" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="H284" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="B285" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="C285" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="D285" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="E285" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="F285" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="G285" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="H285" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="B286" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C286" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="D286" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="E286" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="F286" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="G286" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="H286" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="B287" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="C287" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="D287" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="E287" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="F287" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="G287" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="H287" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="B288" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="C288" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="D288" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="E288" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="F288" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="G288" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="H288" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="B289" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="C289" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="D289" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="E289" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="F289" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="G289" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="H289" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B290" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="C290" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="D290" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="E290" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="F290" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="G290" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="H290" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="B291" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="C291" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="D291" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="E291" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="F291" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="G291" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="H291" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="B292" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="C292" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="D292" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="E292" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="F292" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="G292" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="H292" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="B293" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="C293" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="D293" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="E293" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="F293" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="G293" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="H293" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="B294" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="C294" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D294" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="E294" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="F294" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="G294" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="H294" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="B295" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="C295" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="D295" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="E295" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="F295" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="G295" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="H295" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="B296" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="C296" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="D296" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="E296" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="F296" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="G296" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="H296" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="B297" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="C297" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="D297" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="E297" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="F297" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="G297" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="H297" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="B298" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="C298" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="D298" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="E298" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="F298" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="G298" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="H298" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="B299" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="C299" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="D299" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="E299" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="F299" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="G299" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="H299" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="B300" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="C300" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="D300" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="E300" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="F300" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="G300" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="H300" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="B301" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="C301" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="D301" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="E301" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="F301" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="G301" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="H301" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="B302" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="C302" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="D302" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="E302" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="F302" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="G302" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="H302" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="B303" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C303" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="D303" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="E303" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="F303" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="G303" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="H303" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="B304" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="C304" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
       <c r="D304" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="E304" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="F304" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="G304" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="H304" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="B305" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="C305" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="D305" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="E305" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="F305" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="G305" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="H305" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="B306" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="C306" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="D306" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="E306" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="F306" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="G306" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="H306" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="B307" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="C307" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="D307" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="E307" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="F307" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="G307" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="H307" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="B308" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="C308" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="D308" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="E308" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="F308" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="G308" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="H308" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="B309" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="C309" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="D309" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="E309" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="F309" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="G309" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="H309" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="B310" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="C310" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="D310" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="E310" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="F310" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="G310" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="H310" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="B311" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="C311" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="D311" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="E311" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="F311" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="G311" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="H311" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="B312" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="C312" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="D312" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="E312" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="F312" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="G312" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="H312" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="B313" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="C313" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="D313" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="E313" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="F313" t="s">
-        <v>2484</v>
-[...1 lines deleted...]
-      <c r="G313" t="s">
         <v>2485</v>
+      </c>
+      <c r="G313">
+        <v/>
       </c>
       <c r="H313" t="s">
         <v>2486</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
         <v>2487</v>
       </c>
       <c r="B314" t="s">
         <v>2488</v>
       </c>
       <c r="C314" t="s">
         <v>2489</v>
       </c>
       <c r="D314" t="s">
         <v>2490</v>
       </c>
       <c r="E314" t="s">
         <v>2491</v>
       </c>
       <c r="F314" t="s">
         <v>2492</v>
       </c>
-      <c r="G314" t="s">
+      <c r="G314">
+        <v/>
+      </c>
+      <c r="H314" t="s">
         <v>2493</v>
-      </c>
-[...1 lines deleted...]
-        <v>2494</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B315" t="s">
         <v>2495</v>
       </c>
-      <c r="B315" t="s">
+      <c r="C315" t="s">
         <v>2496</v>
       </c>
-      <c r="C315" t="s">
+      <c r="D315" t="s">
         <v>2497</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" t="s">
         <v>2498</v>
       </c>
-      <c r="E315" t="s">
+      <c r="F315" t="s">
         <v>2499</v>
       </c>
-      <c r="F315" t="s">
+      <c r="G315">
+        <v/>
+      </c>
+      <c r="H315" t="s">
         <v>2500</v>
-      </c>
-[...4 lines deleted...]
-        <v>2502</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B316" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C316" t="s">
         <v>2503</v>
       </c>
-      <c r="B316" t="s">
+      <c r="D316" t="s">
         <v>2504</v>
       </c>
-      <c r="C316" t="s">
+      <c r="E316" t="s">
         <v>2505</v>
       </c>
-      <c r="D316" t="s">
+      <c r="F316" t="s">
         <v>2506</v>
       </c>
-      <c r="E316" t="s">
+      <c r="G316" t="s">
         <v>2507</v>
       </c>
-      <c r="F316" t="s">
+      <c r="H316" t="s">
         <v>2508</v>
-      </c>
-[...4 lines deleted...]
-        <v>2510</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B317" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C317" t="s">
         <v>2511</v>
       </c>
-      <c r="B317" t="s">
+      <c r="D317" t="s">
         <v>2512</v>
       </c>
-      <c r="C317" t="s">
+      <c r="E317" t="s">
         <v>2513</v>
       </c>
-      <c r="D317" t="s">
+      <c r="F317" t="s">
         <v>2514</v>
       </c>
-      <c r="E317" t="s">
+      <c r="G317" t="s">
         <v>2515</v>
       </c>
-      <c r="F317" t="s">
+      <c r="H317" t="s">
         <v>2516</v>
-      </c>
-[...4 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B318" t="s">
         <v>2518</v>
       </c>
-      <c r="B318" t="s">
+      <c r="C318" t="s">
         <v>2519</v>
       </c>
-      <c r="C318" t="s">
+      <c r="D318" t="s">
         <v>2520</v>
       </c>
-      <c r="D318" t="s">
+      <c r="E318" t="s">
         <v>2521</v>
       </c>
-      <c r="E318" t="s">
+      <c r="F318" t="s">
         <v>2522</v>
       </c>
-      <c r="F318" t="s">
+      <c r="G318" t="s">
         <v>2523</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H318" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
         <v>2525</v>
       </c>
       <c r="B319" t="s">
         <v>2526</v>
       </c>
       <c r="C319" t="s">
         <v>2527</v>
       </c>
       <c r="D319" t="s">
         <v>2528</v>
       </c>
       <c r="E319" t="s">
         <v>2529</v>
       </c>
       <c r="F319" t="s">
         <v>2530</v>
       </c>
-      <c r="G319">
-        <v/>
+      <c r="G319" t="s">
+        <v>2531</v>
       </c>
       <c r="H319" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="B320" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="C320" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="D320" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="E320" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="F320" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="G320" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="H320" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="B321" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="C321" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="D321" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="E321" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="F321" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="G321" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="H321" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="B322" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="C322" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="D322" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="E322" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="F322" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="G322" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="H322" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="B323" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="C323" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="D323" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="E323" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="F323" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="G323" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="H323" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="B324" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="C324" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="D324" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="E324" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="F324" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="G324" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="H324" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="B325" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="C325" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="D325" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="E325" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="F325" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="G325" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="H325" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="B326" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="C326" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="D326" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="E326" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="F326" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="G326" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="H326" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="B327" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="C327" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="D327" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
       <c r="E327" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="F327" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="G327" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="H327" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="B328" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="C328" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="D328" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="E328" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="F328" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="G328" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="H328" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="B329" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="C329" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="D329" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="E329" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="F329" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="G329" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="H329" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="B330" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="C330" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="D330" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="E330" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="F330" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="G330" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="H330" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="B331" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="C331" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="D331" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="E331" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="F331" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="G331" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="H331" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="B332" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="C332" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="D332" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="E332" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="F332" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="G332" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="H332" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="B333" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="C333" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="D333" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="E333" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="F333" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="G333" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="H333" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="B334" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="C334" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="D334" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="E334" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="F334" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="G334" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="H334" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="B335" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="C335" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="D335" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="E335" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="F335" t="s">
-        <v>2657</v>
-[...1 lines deleted...]
-      <c r="G335" t="s">
         <v>2658</v>
+      </c>
+      <c r="G335">
+        <v/>
       </c>
       <c r="H335" t="s">
         <v>2659</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
         <v>2660</v>
       </c>
       <c r="B336" t="s">
         <v>2661</v>
       </c>
       <c r="C336" t="s">
         <v>2662</v>
       </c>
       <c r="D336" t="s">
         <v>2663</v>
       </c>
       <c r="E336" t="s">
         <v>2664</v>
       </c>
       <c r="F336" t="s">
         <v>2665</v>
       </c>
       <c r="G336" t="s">
@@ -17879,572 +18218,572 @@
         <v>2682</v>
       </c>
       <c r="H338" t="s">
         <v>2683</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
         <v>2684</v>
       </c>
       <c r="B339" t="s">
         <v>2685</v>
       </c>
       <c r="C339" t="s">
         <v>2686</v>
       </c>
       <c r="D339" t="s">
         <v>2687</v>
       </c>
       <c r="E339" t="s">
         <v>2688</v>
       </c>
       <c r="F339" t="s">
         <v>2689</v>
       </c>
-      <c r="G339">
-        <v/>
+      <c r="G339" t="s">
+        <v>2690</v>
       </c>
       <c r="H339" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="B340" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
       <c r="C340" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="D340" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
       <c r="E340" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="F340" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="G340" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="H340" t="s">
-        <v>2698</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
       <c r="B341" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="C341" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="D341" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
       <c r="E341" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
       <c r="F341" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="G341" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="H341" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="B342" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
       <c r="C342" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="D342" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="E342" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
       <c r="F342" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="G342" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="H342" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="B343" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="C343" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="D343" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="E343" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="F343" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="G343" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="H343" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="B344" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="C344" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="D344" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
       <c r="E344" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="F344" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="G344" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="H344" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="B345" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="C345" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="D345" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="E345" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="F345" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="G345" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="H345" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="B346" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="C346" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="D346" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="E346" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="F346" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
       <c r="G346" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="H346" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
       <c r="B347" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="C347" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="D347" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
       <c r="E347" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="F347" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="G347" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="H347" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="B348" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="C348" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="D348" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="E348" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="F348" t="s">
-        <v>2760</v>
-[...1 lines deleted...]
-      <c r="G348" t="s">
         <v>2761</v>
+      </c>
+      <c r="G348">
+        <v/>
       </c>
       <c r="H348" t="s">
         <v>2762</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
         <v>2763</v>
       </c>
       <c r="B349" t="s">
         <v>2764</v>
       </c>
       <c r="C349" t="s">
         <v>2765</v>
       </c>
       <c r="D349" t="s">
         <v>2766</v>
       </c>
       <c r="E349" t="s">
         <v>2767</v>
       </c>
       <c r="F349" t="s">
         <v>2768</v>
       </c>
-      <c r="G349" t="s">
+      <c r="G349">
+        <v/>
+      </c>
+      <c r="H349" t="s">
         <v>2769</v>
-      </c>
-[...1 lines deleted...]
-        <v>2770</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B350" t="s">
         <v>2771</v>
       </c>
-      <c r="B350" t="s">
+      <c r="C350" t="s">
         <v>2772</v>
       </c>
-      <c r="C350" t="s">
+      <c r="D350" t="s">
         <v>2773</v>
       </c>
-      <c r="D350" t="s">
+      <c r="E350" t="s">
         <v>2774</v>
       </c>
-      <c r="E350" t="s">
+      <c r="F350" t="s">
         <v>2775</v>
       </c>
-      <c r="F350" t="s">
+      <c r="G350" t="s">
         <v>2776</v>
       </c>
-      <c r="G350" t="s">
+      <c r="H350" t="s">
         <v>2777</v>
-      </c>
-[...1 lines deleted...]
-        <v>2778</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B351" t="s">
         <v>2779</v>
       </c>
-      <c r="B351" t="s">
+      <c r="C351" t="s">
         <v>2780</v>
       </c>
-      <c r="C351" t="s">
+      <c r="D351" t="s">
         <v>2781</v>
       </c>
-      <c r="D351" t="s">
+      <c r="E351" t="s">
         <v>2782</v>
       </c>
-      <c r="E351" t="s">
+      <c r="F351" t="s">
         <v>2783</v>
       </c>
-      <c r="F351" t="s">
+      <c r="G351" t="s">
         <v>2784</v>
       </c>
-      <c r="G351" t="s">
+      <c r="H351" t="s">
         <v>2785</v>
-      </c>
-[...1 lines deleted...]
-        <v>2786</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B352" t="s">
         <v>2787</v>
       </c>
-      <c r="B352" t="s">
+      <c r="C352" t="s">
         <v>2788</v>
       </c>
-      <c r="C352" t="s">
+      <c r="D352" t="s">
         <v>2789</v>
       </c>
-      <c r="D352" t="s">
+      <c r="E352" t="s">
         <v>2790</v>
       </c>
-      <c r="E352" t="s">
+      <c r="F352" t="s">
         <v>2791</v>
       </c>
-      <c r="F352" t="s">
+      <c r="G352" t="s">
         <v>2792</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H352" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
         <v>2794</v>
       </c>
       <c r="B353" t="s">
         <v>2795</v>
       </c>
       <c r="C353" t="s">
         <v>2796</v>
       </c>
       <c r="D353" t="s">
         <v>2797</v>
       </c>
       <c r="E353" t="s">
         <v>2798</v>
       </c>
       <c r="F353" t="s">
         <v>2799</v>
       </c>
-      <c r="G353">
-        <v/>
+      <c r="G353" t="s">
+        <v>2800</v>
       </c>
       <c r="H353" t="s">
-        <v>2800</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>2801</v>
+        <v>2802</v>
       </c>
       <c r="B354" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
       <c r="C354" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="D354" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="E354" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
       <c r="F354" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
       <c r="G354" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
       <c r="H354" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="B355" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="C355" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
       <c r="D355" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="E355" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
       <c r="F355" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
       <c r="G355" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
       <c r="H355" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="B356" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="C356" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="D356" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="E356" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="F356" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="G356" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="H356" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
       <c r="B357" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="C357" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="D357" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="E357" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="F357" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="G357" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="H357" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="B358" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="C358" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="D358" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="E358" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
       <c r="F358" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="G358" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="H358" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="B359" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="C359" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
       <c r="D359" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="E359" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="F359" t="s">
-        <v>2846</v>
-[...1 lines deleted...]
-      <c r="G359" t="s">
         <v>2847</v>
+      </c>
+      <c r="G359">
+        <v/>
       </c>
       <c r="H359" t="s">
         <v>2848</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
         <v>2849</v>
       </c>
       <c r="B360" t="s">
         <v>2850</v>
       </c>
       <c r="C360" t="s">
         <v>2851</v>
       </c>
       <c r="D360" t="s">
         <v>2852</v>
       </c>
       <c r="E360" t="s">
         <v>2853</v>
       </c>
       <c r="F360" t="s">
         <v>2854</v>
       </c>
       <c r="G360" t="s">
@@ -18503,107 +18842,471 @@
         <v>2871</v>
       </c>
       <c r="H362" t="s">
         <v>2872</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
         <v>2873</v>
       </c>
       <c r="B363" t="s">
         <v>2874</v>
       </c>
       <c r="C363" t="s">
         <v>2875</v>
       </c>
       <c r="D363" t="s">
         <v>2876</v>
       </c>
       <c r="E363" t="s">
         <v>2877</v>
       </c>
       <c r="F363" t="s">
         <v>2878</v>
       </c>
-      <c r="G363">
-        <v/>
+      <c r="G363" t="s">
+        <v>2879</v>
       </c>
       <c r="H363" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="B364" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="C364" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="D364" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="E364" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="F364" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
       <c r="G364" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="H364" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="B365" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="C365" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="D365" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="E365" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="F365" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="G365" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="H365" t="s">
-        <v>2895</v>
+        <v>2896</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366" t="s">
+        <v>2897</v>
+      </c>
+      <c r="B366" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C366" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D366" t="s">
+        <v>2900</v>
+      </c>
+      <c r="E366" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F366" t="s">
+        <v>2902</v>
+      </c>
+      <c r="G366" t="s">
+        <v>2903</v>
+      </c>
+      <c r="H366" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B367" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C367" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D367" t="s">
+        <v>2908</v>
+      </c>
+      <c r="E367" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F367" t="s">
+        <v>2910</v>
+      </c>
+      <c r="G367" t="s">
+        <v>2911</v>
+      </c>
+      <c r="H367" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B368" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C368" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D368" t="s">
+        <v>2916</v>
+      </c>
+      <c r="E368" t="s">
+        <v>2917</v>
+      </c>
+      <c r="F368" t="s">
+        <v>2918</v>
+      </c>
+      <c r="G368" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H368" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B369" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C369" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D369" t="s">
+        <v>2924</v>
+      </c>
+      <c r="E369" t="s">
+        <v>2925</v>
+      </c>
+      <c r="F369" t="s">
+        <v>2926</v>
+      </c>
+      <c r="G369" t="s">
+        <v>2927</v>
+      </c>
+      <c r="H369" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B370" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C370" t="s">
+        <v>2931</v>
+      </c>
+      <c r="D370" t="s">
+        <v>2932</v>
+      </c>
+      <c r="E370" t="s">
+        <v>2933</v>
+      </c>
+      <c r="F370" t="s">
+        <v>2934</v>
+      </c>
+      <c r="G370" t="s">
+        <v>2935</v>
+      </c>
+      <c r="H370" t="s">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B371" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C371" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D371" t="s">
+        <v>2940</v>
+      </c>
+      <c r="E371" t="s">
+        <v>2941</v>
+      </c>
+      <c r="F371" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G371" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H371" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B372" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C372" t="s">
+        <v>2947</v>
+      </c>
+      <c r="D372" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E372" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F372" t="s">
+        <v>2950</v>
+      </c>
+      <c r="G372" t="s">
+        <v>2951</v>
+      </c>
+      <c r="H372" t="s">
+        <v>2952</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373" t="s">
+        <v>2953</v>
+      </c>
+      <c r="B373" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C373" t="s">
+        <v>2955</v>
+      </c>
+      <c r="D373" t="s">
+        <v>2956</v>
+      </c>
+      <c r="E373" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F373" t="s">
+        <v>2958</v>
+      </c>
+      <c r="G373" t="s">
+        <v>2959</v>
+      </c>
+      <c r="H373" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B374" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C374" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D374" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E374" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F374" t="s">
+        <v>2966</v>
+      </c>
+      <c r="G374" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H374" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B375" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C375" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D375" t="s">
+        <v>2972</v>
+      </c>
+      <c r="E375" t="s">
+        <v>2973</v>
+      </c>
+      <c r="F375" t="s">
+        <v>2974</v>
+      </c>
+      <c r="G375" t="s">
+        <v>2975</v>
+      </c>
+      <c r="H375" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B376" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C376" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D376" t="s">
+        <v>2980</v>
+      </c>
+      <c r="E376" t="s">
+        <v>2981</v>
+      </c>
+      <c r="F376" t="s">
+        <v>2982</v>
+      </c>
+      <c r="G376" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H376" t="s">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B377" t="s">
+        <v>2986</v>
+      </c>
+      <c r="C377" t="s">
+        <v>2987</v>
+      </c>
+      <c r="D377" t="s">
+        <v>2988</v>
+      </c>
+      <c r="E377" t="s">
+        <v>2989</v>
+      </c>
+      <c r="F377" t="s">
+        <v>2990</v>
+      </c>
+      <c r="G377" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H377" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6">
+      <c r="A378" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B378" t="s">
+        <v>2994</v>
+      </c>
+      <c r="C378" t="s">
+        <v>2995</v>
+      </c>
+      <c r="D378" t="s">
+        <v>2996</v>
+      </c>
+      <c r="E378" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F378" t="s">
+        <v>2998</v>
+      </c>
+      <c r="G378" t="s">
+        <v>2999</v>
+      </c>
+      <c r="H378" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6">
+      <c r="A379" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B379" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3003</v>
+      </c>
+      <c r="D379" t="s">
+        <v>3004</v>
+      </c>
+      <c r="E379" t="s">
+        <v>3005</v>
+      </c>
+      <c r="F379" t="s">
+        <v>3006</v>
+      </c>
+      <c r="G379" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H379" t="s">
+        <v>3008</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>