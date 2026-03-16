--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -15,9065 +15,9065 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="90" windowWidth="11280" windowHeight="4950"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3009" uniqueCount="1480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3009" uniqueCount="1479">
   <si>
     <t>Номенклатурен номер</t>
   </si>
   <si>
     <t>Оригинално име</t>
   </si>
   <si>
+    <t>Цена с ДДС (€)</t>
+  </si>
+  <si>
     <t>Цена с ДДС (лв.)</t>
   </si>
   <si>
-    <t>Цена с ДДС (€)</t>
-[...1 lines deleted...]
-  <si>
     <t>Разфасовка</t>
   </si>
   <si>
     <t>Тегло (кг.)</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>API</t>
   </si>
   <si>
     <t>7800082</t>
   </si>
   <si>
     <t>Gazpromneft Super 10W-40</t>
   </si>
   <si>
-    <t>34.3</t>
-[...1 lines deleted...]
-  <si>
     <t>17.54</t>
   </si>
   <si>
+    <t>34.31</t>
+  </si>
+  <si>
     <t>4 л.</t>
   </si>
   <si>
     <t>3.499</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SG/CD</t>
   </si>
   <si>
     <t>7800077</t>
   </si>
   <si>
     <t>Gazpromneft Super 10W-40</t>
   </si>
   <si>
-    <t>1296</t>
-[...1 lines deleted...]
-  <si>
     <t>662.63</t>
   </si>
   <si>
+    <t>1295.99</t>
+  </si>
+  <si>
     <t>205 л.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SG/CD</t>
   </si>
   <si>
     <t>7800129</t>
   </si>
   <si>
     <t>Gazpromneft Super 15W-40</t>
   </si>
   <si>
+    <t>4.48</t>
+  </si>
+  <si>
     <t>8.76</t>
   </si>
   <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.882</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800130</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>16.85</t>
+  </si>
+  <si>
+    <t>32.96</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.526</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800078</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>646.07</t>
+  </si>
+  <si>
+    <t>1263.60</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7800034</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 20W-50</t>
+  </si>
+  <si>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>33.62</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.548</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800214</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super T-3 85W-90</t>
+  </si>
+  <si>
+    <t>93.46</t>
+  </si>
+  <si>
+    <t>182.79</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.42</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800215</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super T-3 85W-90</t>
+  </si>
+  <si>
+    <t>881.73</t>
+  </si>
+  <si>
+    <t>1724.51</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800262</t>
+  </si>
+  <si>
+    <t>Gazpromneft Promo</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>18.64</t>
+  </si>
+  <si>
+    <t>3.5 л.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t>Масло за промивка</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800003</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>1.39</t>
+  </si>
+  <si>
+    <t>2.72</t>
+  </si>
+  <si>
+    <t>150 гр.</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800004</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>3.77</t>
+  </si>
+  <si>
+    <t>350 гр.</t>
+  </si>
+  <si>
+    <t>0.35</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800000</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>3.77</t>
+  </si>
+  <si>
+    <t>150 гр.</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800049</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-2</t>
+  </si>
+  <si>
+    <t>310.61</t>
+  </si>
+  <si>
+    <t>607.50</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800081</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-3</t>
+  </si>
+  <si>
+    <t>296.81</t>
+  </si>
+  <si>
+    <t>580.51</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800061</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 5W-40</t>
+  </si>
+  <si>
+    <t>95.39</t>
+  </si>
+  <si>
+    <t>186.57</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800169</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 5W-40</t>
+  </si>
+  <si>
+    <t>889.87</t>
+  </si>
+  <si>
+    <t>1740.43</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800076</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 15W-40</t>
+  </si>
+  <si>
+    <t>786.87</t>
+  </si>
+  <si>
+    <t>1538.98</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800062</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-30</t>
+  </si>
+  <si>
+    <t>86.41</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.9</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800008</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-40</t>
+  </si>
+  <si>
+    <t>86.14</t>
+  </si>
+  <si>
+    <t>168.48</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800269</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>110.44</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>30 л.</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800242</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>182.22</t>
+  </si>
+  <si>
+    <t>356.39</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>41.97</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800064</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 10W-40</t>
+  </si>
+  <si>
+    <t>664.01</t>
+  </si>
+  <si>
+    <t>1298.69</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800065</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 15W-40</t>
+  </si>
+  <si>
+    <t>658.49</t>
+  </si>
+  <si>
+    <t>1287.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800134</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>19.26</t>
+  </si>
+  <si>
+    <t>37.67</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.438</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800020</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>76.48</t>
+  </si>
+  <si>
+    <t>149.58</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.1</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800021</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>111.96</t>
+  </si>
+  <si>
+    <t>218.97</t>
+  </si>
+  <si>
+    <t>30 л.</t>
+  </si>
+  <si>
+    <t>26.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800095</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>153.37</t>
+  </si>
+  <si>
+    <t>299.97</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>41.95</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7800121</t>
+  </si>
+  <si>
+    <t>ТСп-15К</t>
+  </si>
+  <si>
+    <t>48.18</t>
+  </si>
+  <si>
+    <t>94.23</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>9.34</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-3</t>
+  </si>
+  <si>
+    <t>7800200</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 32</t>
+  </si>
+  <si>
+    <t>581.32</t>
+  </si>
+  <si>
+    <t>1136.96</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800208</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 68</t>
+  </si>
+  <si>
+    <t>686.1</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800079</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 46</t>
+  </si>
+  <si>
+    <t>686.1</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800143</t>
+  </si>
+  <si>
+    <t>КС-19П (А)</t>
+  </si>
+  <si>
+    <t>655.32</t>
+  </si>
+  <si>
+    <t>1281.69</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800119</t>
+  </si>
+  <si>
+    <t>Газпромнефть МГД-20М</t>
+  </si>
+  <si>
+    <t>758.51</t>
+  </si>
+  <si>
+    <t>1483.52</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.5</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800067</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbine Oil 32</t>
+  </si>
+  <si>
+    <t>633.78</t>
+  </si>
+  <si>
+    <t>1239.57</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800207</t>
+  </si>
+  <si>
+    <t>Термойл 26</t>
+  </si>
+  <si>
+    <t>741.92</t>
+  </si>
+  <si>
+    <t>1451.07</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800073</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 68</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>1482.30</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400001</t>
+  </si>
+  <si>
+    <t>Gazpromneft Metalgrease AC</t>
+  </si>
+  <si>
+    <t>139.56</t>
+  </si>
+  <si>
+    <t>272.96</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400056</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L 00</t>
+  </si>
+  <si>
+    <t>106.3</t>
+  </si>
+  <si>
+    <t>207.90</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800179</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 90</t>
+  </si>
+  <si>
+    <t>63.64</t>
+  </si>
+  <si>
+    <t>124.47</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.2</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7800074</t>
+  </si>
+  <si>
+    <t>Газпромнефть ПМ</t>
+  </si>
+  <si>
+    <t>607.42</t>
+  </si>
+  <si>
+    <t>1188.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Масло-омекотител</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800224</t>
+  </si>
+  <si>
+    <t>Тп-30</t>
+  </si>
+  <si>
+    <t>687.49</t>
+  </si>
+  <si>
+    <t>1344.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800181</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>88.9</t>
+  </si>
+  <si>
+    <t>173.87</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.86</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800182</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 150</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>167.40</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.9</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800219</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 680</t>
+  </si>
+  <si>
+    <t>88.36</t>
+  </si>
+  <si>
+    <t>172.82</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800063</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 46</t>
+  </si>
+  <si>
+    <t>633.92</t>
+  </si>
+  <si>
+    <t>1239.84</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800072</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor F 220</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>3072.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800142</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 100</t>
+  </si>
+  <si>
+    <t>740.22</t>
+  </si>
+  <si>
+    <t>1447.74</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800107</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 220</t>
+  </si>
+  <si>
+    <t>758.85</t>
+  </si>
+  <si>
+    <t>1484.18</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800115</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor S Synth 100</t>
+  </si>
+  <si>
+    <t>773.08</t>
+  </si>
+  <si>
+    <t>1512.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800256</t>
+  </si>
+  <si>
+    <t>Gazpromneft Motor Oil 40</t>
+  </si>
+  <si>
+    <t>65.3</t>
+  </si>
+  <si>
+    <t>127.72</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.26</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SC/CA</t>
+  </si>
+  <si>
+    <t>7800086</t>
+  </si>
+  <si>
+    <t>Gazpromneft Motor Oil 40</t>
+  </si>
+  <si>
+    <t>608.93</t>
+  </si>
+  <si>
+    <t>1190.96</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SC/CA</t>
+  </si>
+  <si>
+    <t>7800167</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 20W-50</t>
+  </si>
+  <si>
+    <t>4.74</t>
+  </si>
+  <si>
+    <t>9.27</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.886</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF</t>
+  </si>
+  <si>
+    <t>7400029</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L 2</t>
+  </si>
+  <si>
+    <t>89.73</t>
+  </si>
+  <si>
+    <t>175.50</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800282</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 2</t>
+  </si>
+  <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>7.30</t>
+  </si>
+  <si>
+    <t>400 гр.</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400052</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LTS 2</t>
+  </si>
+  <si>
+    <t>86.01</t>
+  </si>
+  <si>
+    <t>168.22</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800091</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>73.02</t>
+  </si>
+  <si>
+    <t>142.81</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800197</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 15</t>
+  </si>
+  <si>
+    <t>81.58</t>
+  </si>
+  <si>
+    <t>159.56</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>16.8</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300078</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 68</t>
+  </si>
+  <si>
+    <t>689.28</t>
+  </si>
+  <si>
+    <t>1348.11</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.99</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800232</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 100</t>
+  </si>
+  <si>
+    <t>700.33</t>
+  </si>
+  <si>
+    <t>1369.73</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800118</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 220</t>
+  </si>
+  <si>
+    <t>744.08</t>
+  </si>
+  <si>
+    <t>1455.29</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800194</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 680</t>
+  </si>
+  <si>
+    <t>794.61</t>
+  </si>
+  <si>
+    <t>1554.12</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800103</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 5W-30</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800147</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>4.64</t>
+  </si>
+  <si>
+    <t>9.08</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.873</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800139</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>16.85</t>
+  </si>
+  <si>
+    <t>32.96</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.492</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800128</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>766.87</t>
+  </si>
+  <si>
+    <t>1499.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800279</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 20W-50</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800278</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 20W-50</t>
+  </si>
+  <si>
+    <t>17.39</t>
+  </si>
+  <si>
+    <t>34.01</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800550</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 10W-30</t>
+  </si>
+  <si>
+    <t>821.39</t>
+  </si>
+  <si>
+    <t>1606.50</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800154</t>
+  </si>
+  <si>
+    <t>Gazpromneft Industrial 30</t>
+  </si>
+  <si>
+    <t>568.49</t>
+  </si>
+  <si>
+    <t>1111.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800165</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.876</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800280</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium N 5W-40</t>
+  </si>
+  <si>
+    <t>911.26</t>
+  </si>
+  <si>
+    <t>1782.27</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800149</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium GF-5 5W-30</t>
+  </si>
+  <si>
+    <t>22.09</t>
+  </si>
+  <si>
+    <t>43.20</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.396</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN//GF-5</t>
+  </si>
+  <si>
+    <t>7800136</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>5.99</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.856</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800295</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>98.7</t>
+  </si>
+  <si>
+    <t>193.04</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800137</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX III</t>
+  </si>
+  <si>
+    <t>860.46</t>
+  </si>
+  <si>
+    <t>1682.91</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800110</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>16.43</t>
+  </si>
+  <si>
+    <t>32.13</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.468</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800233</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>86.97</t>
+  </si>
+  <si>
+    <t>170.10</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.71</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300106</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>1047.79</t>
+  </si>
+  <si>
+    <t>2049.30</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174.05</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7800135</t>
+  </si>
+  <si>
+    <t>Газпромнефть ШРУС</t>
+  </si>
+  <si>
+    <t>89.05</t>
+  </si>
+  <si>
+    <t>174.17</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800127</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLPD 46</t>
+  </si>
+  <si>
+    <t>680.86</t>
+  </si>
+  <si>
+    <t>1331.65</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900001</t>
+  </si>
+  <si>
+    <t>G-Energy Expert L 5W-30</t>
+  </si>
+  <si>
+    <t>21.91</t>
+  </si>
+  <si>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.295</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900003</t>
+  </si>
+  <si>
+    <t>G-Energy Expert L 5W-40</t>
+  </si>
+  <si>
+    <t>21.76</t>
+  </si>
+  <si>
+    <t>42.56</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900011</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 10W-40</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>207.20</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.78</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900012</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 10W-40</t>
+  </si>
+  <si>
+    <t>924.83</t>
+  </si>
+  <si>
+    <t>1808.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900013</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 15W-40</t>
+  </si>
+  <si>
+    <t>98.92</t>
+  </si>
+  <si>
+    <t>193.47</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900009</t>
+  </si>
+  <si>
+    <t>G-Profi MSI 10W-40</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>207.20</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900010</t>
+  </si>
+  <si>
+    <t>G-Profi MSI 10W-40</t>
+  </si>
+  <si>
+    <t>1000.85</t>
+  </si>
+  <si>
+    <t>1957.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900017</t>
+  </si>
+  <si>
+    <t>G-Profi GT 10W-40</t>
+  </si>
+  <si>
+    <t>118.26</t>
+  </si>
+  <si>
+    <t>231.30</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7900020</t>
+  </si>
+  <si>
+    <t>G-Profi GT LA 10W-40</t>
+  </si>
+  <si>
+    <t>1194.97</t>
+  </si>
+  <si>
+    <t>2337.16</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CJ-4/CI-4</t>
+  </si>
+  <si>
+    <t>7900023</t>
+  </si>
+  <si>
+    <t>G-Special STOU 10W-40</t>
+  </si>
+  <si>
+    <t>99.5</t>
+  </si>
+  <si>
+    <t>194.61</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/SE/CG-4/CF-4/CE/CD/CF/GL-4</t>
+  </si>
+  <si>
+    <t>7900024</t>
+  </si>
+  <si>
+    <t>G-Special STOU 10W-40</t>
+  </si>
+  <si>
+    <t>944.87</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/SE/CG-4/CF-4/CE/CD/CF/GL-4</t>
+  </si>
+  <si>
+    <t>7800199</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз 80</t>
+  </si>
+  <si>
+    <t>733.46</t>
+  </si>
+  <si>
+    <t>1434.52</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800238</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>13.43</t>
+  </si>
+  <si>
+    <t>26.27</t>
+  </si>
+  <si>
+    <t>5 кг.</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800257</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>26.41</t>
+  </si>
+  <si>
+    <t>51.65</t>
+  </si>
+  <si>
+    <t>10 кг.</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800161</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 46</t>
+  </si>
+  <si>
+    <t>59.98</t>
+  </si>
+  <si>
+    <t>117.31</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.62</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300119</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 75W-90</t>
+  </si>
+  <si>
+    <t>106.3</t>
+  </si>
+  <si>
+    <t>207.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.4</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800205</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>12.60</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.852</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800298</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>24.62</t>
+  </si>
+  <si>
+    <t>48.15</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.408</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800229</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 68</t>
+  </si>
+  <si>
+    <t>67.1</t>
+  </si>
+  <si>
+    <t>131.24</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800157</t>
+  </si>
+  <si>
+    <t>Gazpromneft EP-2</t>
+  </si>
+  <si>
+    <t>1121.09</t>
+  </si>
+  <si>
+    <t>2192.66</t>
+  </si>
+  <si>
+    <t>170 кг.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800184</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease HighSpeed EP 3</t>
+  </si>
+  <si>
+    <t>4.97</t>
+  </si>
+  <si>
+    <t>9.72</t>
+  </si>
+  <si>
+    <t>400 гр.</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800222</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>32.35</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.525</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800217</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>723.79</t>
+  </si>
+  <si>
+    <t>1415.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7400048</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 10W</t>
+  </si>
+  <si>
+    <t>87.33</t>
+  </si>
+  <si>
+    <t>170.80</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900025</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 10W</t>
+  </si>
+  <si>
+    <t>886.89</t>
+  </si>
+  <si>
+    <t>1734.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900066</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 30</t>
+  </si>
+  <si>
+    <t>95.34</t>
+  </si>
+  <si>
+    <t>186.47</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.3</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7900026</t>
+  </si>
+  <si>
+    <t>G-Special TO-4 30</t>
+  </si>
+  <si>
+    <t>948.51</t>
+  </si>
+  <si>
+    <t>1855.12</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300114</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 85W-140</t>
+  </si>
+  <si>
+    <t>931.14</t>
+  </si>
+  <si>
+    <t>1821.15</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185.73</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7400015</t>
+  </si>
+  <si>
+    <t>G-Energy S Synth 10W-40</t>
+  </si>
+  <si>
+    <t>24.63</t>
+  </si>
+  <si>
+    <t>48.17</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.474</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7400009</t>
+  </si>
+  <si>
+    <t>G-Energy Service Line W 5W-30</t>
+  </si>
+  <si>
+    <t>1467.41</t>
+  </si>
+  <si>
+    <t>2870</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800155</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LX EP 2</t>
+  </si>
+  <si>
+    <t>1670.4</t>
+  </si>
+  <si>
+    <t>3267.02</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400006</t>
+  </si>
+  <si>
+    <t>G-Profi MSI Plus 15W-40</t>
+  </si>
+  <si>
+    <t>93.77</t>
+  </si>
+  <si>
+    <t>183.40</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.68</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800203</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium N 5W-40</t>
+  </si>
+  <si>
+    <t>249.18</t>
+  </si>
+  <si>
+    <t>487.35</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.69</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300000</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>286.86</t>
+  </si>
+  <si>
+    <t>561.05</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300002</t>
+  </si>
+  <si>
+    <t>Gazpromneft X STOU 10W-40</t>
+  </si>
+  <si>
+    <t>263.67</t>
+  </si>
+  <si>
+    <t>515.69</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Универсално масло</t>
+  </si>
+  <si>
+    <t>SF/CG-4/GL-4</t>
+  </si>
+  <si>
+    <t>7200000</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line W 5W-30</t>
+  </si>
+  <si>
+    <t>379.5</t>
+  </si>
+  <si>
+    <t>742.24</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7200003</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Diesel E4 5W-30</t>
+  </si>
+  <si>
+    <t>370.29</t>
+  </si>
+  <si>
+    <t>724.22</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7200002</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Diesel E4 5W-30</t>
+  </si>
+  <si>
+    <t>1062.42</t>
+  </si>
+  <si>
+    <t>2077.91</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400022</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 46</t>
+  </si>
+  <si>
+    <t>571.52</t>
+  </si>
+  <si>
+    <t>1117.80</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>183.04</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400031</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Marine 30</t>
+  </si>
+  <si>
+    <t>617.07</t>
+  </si>
+  <si>
+    <t>1206.88</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>186.37</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>7800220</t>
+  </si>
+  <si>
+    <t>Gazpromneft Steelgrease CS 2</t>
+  </si>
+  <si>
+    <t>221.33</t>
+  </si>
+  <si>
+    <t>432.88</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800210</t>
+  </si>
+  <si>
+    <t>Gazpromneft ГК марка 1</t>
+  </si>
+  <si>
+    <t>689.97</t>
+  </si>
+  <si>
+    <t>1349.46</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800225</t>
+  </si>
+  <si>
+    <t>Gazpromneft Turbo Universal 15W-40</t>
+  </si>
+  <si>
+    <t>620.26</t>
+  </si>
+  <si>
+    <t>1213.12</t>
+  </si>
+  <si>
+    <t>200 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>7900042</t>
+  </si>
+  <si>
+    <t>G-Profi MSF 15W-40</t>
+  </si>
+  <si>
+    <t>100.21</t>
+  </si>
+  <si>
+    <t>195.99</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CF-4</t>
+  </si>
+  <si>
+    <t>7900041</t>
+  </si>
+  <si>
+    <t>G-Profi MSF 15W-40</t>
+  </si>
+  <si>
+    <t>916.23</t>
+  </si>
+  <si>
+    <t>1791.99</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CF-4</t>
+  </si>
+  <si>
+    <t>7800230</t>
+  </si>
+  <si>
+    <t>Gazpromneft Universal Grease</t>
+  </si>
+  <si>
+    <t>1.44</t>
+  </si>
+  <si>
+    <t>2.82</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900046</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>25.77</t>
+  </si>
+  <si>
+    <t>50.40</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.396</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800228</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 10W-40</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>9.33</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.873</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>7800284</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 10W-30</t>
+  </si>
+  <si>
+    <t>4.08</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
+    <t>800 мл.</t>
+  </si>
+  <si>
+    <t>0.7</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>7800218</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>1.42</t>
+  </si>
+  <si>
+    <t>2.78</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7400040</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth C2&amp;sol;C3 5W-30</t>
+  </si>
+  <si>
+    <t>7.73</t>
+  </si>
+  <si>
+    <t>15.12</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.844</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7400033</t>
+  </si>
+  <si>
+    <t>G-Energy S Synth 10W-40</t>
+  </si>
+  <si>
+    <t>1193.96</t>
+  </si>
+  <si>
+    <t>2335.18</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>181.37</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900040</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-40</t>
+  </si>
+  <si>
+    <t>283.6</t>
+  </si>
+  <si>
+    <t>554.67</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.61</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900039</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Long Life 10W-40</t>
+  </si>
+  <si>
+    <t>264.14</t>
+  </si>
+  <si>
+    <t>516.61</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.76</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7400038</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 10W-40</t>
+  </si>
+  <si>
+    <t>127.85</t>
+  </si>
+  <si>
+    <t>250.05</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.32</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900071</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 10W-40</t>
+  </si>
+  <si>
+    <t>1309.92</t>
+  </si>
+  <si>
+    <t>2561.98</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900072</t>
+  </si>
+  <si>
+    <t>G-Profi GTS 5W-30</t>
+  </si>
+  <si>
+    <t>1309.92</t>
+  </si>
+  <si>
+    <t>2561.98</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900051</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-40</t>
+  </si>
+  <si>
+    <t>1142.57</t>
+  </si>
+  <si>
+    <t>2234.67</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900050</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Long Life 10W-40</t>
+  </si>
+  <si>
+    <t>1065.55</t>
+  </si>
+  <si>
+    <t>2084.03</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7400042</t>
+  </si>
+  <si>
+    <t>G-Profi MSJ 10W-30</t>
+  </si>
+  <si>
+    <t>1082.87</t>
+  </si>
+  <si>
+    <t>2117.91</t>
+  </si>
+  <si>
+    <t>208 л.</t>
+  </si>
+  <si>
+    <t>180.54</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CJ-4</t>
+  </si>
+  <si>
+    <t>7900053</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>1066.55</t>
+  </si>
+  <si>
+    <t>2085.99</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7900054</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-30</t>
+  </si>
+  <si>
+    <t>293.48</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.57</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900052</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Active 5W-30</t>
+  </si>
+  <si>
+    <t>1188.24</t>
+  </si>
+  <si>
+    <t>2323.99</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800245</t>
+  </si>
+  <si>
+    <t>Литол-24</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>4.85</t>
+  </si>
+  <si>
+    <t>300 гр.</t>
+  </si>
+  <si>
+    <t>0.3</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900055</t>
+  </si>
+  <si>
+    <t>G-Motion 4T 5W-30</t>
+  </si>
+  <si>
+    <t>5.98</t>
+  </si>
+  <si>
+    <t>11.70</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800251</t>
+  </si>
+  <si>
+    <t>Gazpromneft HD 40</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>6.04</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>7800247</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease LTS 2</t>
+  </si>
+  <si>
+    <t>99.67</t>
+  </si>
+  <si>
+    <t>194.94</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900056</t>
+  </si>
+  <si>
+    <t>G-Motion 2T</t>
+  </si>
+  <si>
+    <t>5.33</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300015</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 15W-40</t>
+  </si>
+  <si>
+    <t>20.16</t>
+  </si>
+  <si>
+    <t>39.43</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300027</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra Plus 10W-40</t>
+  </si>
+  <si>
+    <t>94.22</t>
+  </si>
+  <si>
+    <t>184.28</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.2</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7300023</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>33.48</t>
+  </si>
+  <si>
+    <t>65.48</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.79</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800259</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>203.35</t>
+  </si>
+  <si>
+    <t>397.72</t>
+  </si>
+  <si>
+    <t>45 кг.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300055</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 10W-40</t>
+  </si>
+  <si>
+    <t>228.23</t>
+  </si>
+  <si>
+    <t>446.38</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>52.38</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900057</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Super Start 5W-30</t>
+  </si>
+  <si>
+    <t>314.52</t>
+  </si>
+  <si>
+    <t>615.15</t>
+  </si>
+  <si>
+    <t>50 л.</t>
+  </si>
+  <si>
+    <t>40.3</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300044</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
+    <t>46.65</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300051</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
+    <t>16.85</t>
+  </si>
+  <si>
+    <t>32.96</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300043</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300052</t>
+  </si>
+  <si>
+    <t>Gazpromneft Chain Oil</t>
+  </si>
+  <si>
+    <t>14.19</t>
+  </si>
+  <si>
+    <t>27.75</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.54</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300033</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 100</t>
+  </si>
+  <si>
+    <t>3.82</t>
+  </si>
+  <si>
+    <t>7.47</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300058</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>827.32</t>
+  </si>
+  <si>
+    <t>1618.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.61</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300060</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>427.95</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300042</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line C3 5W-40</t>
+  </si>
+  <si>
+    <t>5.16</t>
+  </si>
+  <si>
+    <t>10.09</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300045</t>
+  </si>
+  <si>
+    <t>Gazpromneft T Line C3 5W-40</t>
+  </si>
+  <si>
+    <t>19.05</t>
+  </si>
+  <si>
+    <t>37.26</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7300036</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Line 10W-40</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300062</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>4.85</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300063</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз IAT 40</t>
+  </si>
+  <si>
+    <t>12.29</t>
+  </si>
+  <si>
+    <t>24.04</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>5.63</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300026</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-30</t>
+  </si>
+  <si>
+    <t>23.75</t>
+  </si>
+  <si>
+    <t>46.45</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300066</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 90</t>
+  </si>
+  <si>
+    <t>4.46</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7300068</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium C3 5W-40</t>
+  </si>
+  <si>
+    <t>6.09</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300073</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 2T</t>
+  </si>
+  <si>
+    <t>2.9</t>
+  </si>
+  <si>
+    <t>5.67</t>
+  </si>
+  <si>
+    <t>0.5 л.</t>
+  </si>
+  <si>
+    <t>0.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300070</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 30</t>
+  </si>
+  <si>
+    <t>911.26</t>
+  </si>
+  <si>
+    <t>1782.27</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.75</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300096</t>
+  </si>
+  <si>
+    <t>Gazpromneft 2T Synth</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>10.91</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300101</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 100</t>
+  </si>
+  <si>
+    <t>88.9</t>
+  </si>
+  <si>
+    <t>173.87</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300104</t>
+  </si>
+  <si>
+    <t>Gazpromneft Screenwash Winter</t>
+  </si>
+  <si>
+    <t>3.82</t>
+  </si>
+  <si>
+    <t>7.47</t>
+  </si>
+  <si>
+    <t>3 л.</t>
+  </si>
+  <si>
+    <t>2.88</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800265</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 00</t>
+  </si>
+  <si>
+    <t>922.17</t>
+  </si>
+  <si>
+    <t>1803.61</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800266</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 1</t>
+  </si>
+  <si>
+    <t>139.98</t>
+  </si>
+  <si>
+    <t>273.78</t>
+  </si>
+  <si>
+    <t>18 кг.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800268</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>6.76</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
+    <t>800 гр.</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300094</t>
+  </si>
+  <si>
+    <t>Gazpromneft X STOU 10W-40</t>
+  </si>
+  <si>
+    <t>903.26</t>
+  </si>
+  <si>
+    <t>1766.62</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.76</t>
+  </si>
+  <si>
+    <t>Универсално масло</t>
+  </si>
+  <si>
+    <t>SF/CG-4/GL-4</t>
+  </si>
+  <si>
+    <t>7300089</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 140</t>
+  </si>
+  <si>
+    <t>679.33</t>
+  </si>
+  <si>
+    <t>1328.65</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7300093</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 75W-90</t>
+  </si>
+  <si>
+    <t>977.1</t>
+  </si>
+  <si>
+    <t>1911.04</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.35</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800272</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L MOLY EP 2</t>
+  </si>
+  <si>
+    <t>1379.52</t>
+  </si>
+  <si>
+    <t>2698.11</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300111</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 20W-50</t>
+  </si>
+  <si>
+    <t>4.74</t>
+  </si>
+  <si>
+    <t>9.27</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF</t>
+  </si>
+  <si>
+    <t>7300113</t>
+  </si>
+  <si>
+    <t>Gazpromneft S Gear GL-4 80W-90</t>
+  </si>
+  <si>
+    <t>78.41</t>
+  </si>
+  <si>
+    <t>153.36</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.88</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7900058</t>
+  </si>
+  <si>
+    <t>G-Energy Service Line W 5W-40</t>
+  </si>
+  <si>
+    <t>10.6</t>
+  </si>
+  <si>
+    <t>20.73</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7900062</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 10W-30</t>
+  </si>
+  <si>
+    <t>159.05</t>
+  </si>
+  <si>
+    <t>311.07</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.63</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7900061</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 15W-40</t>
+  </si>
+  <si>
+    <t>139.3</t>
+  </si>
+  <si>
+    <t>272.45</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.76</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7300107</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>4.46</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.881</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300125</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>32.35</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300126</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 15W-40</t>
+  </si>
+  <si>
     <t>4.48</t>
   </si>
   <si>
+    <t>8.76</t>
+  </si>
+  <si>
     <t>1 л.</t>
   </si>
   <si>
-    <t>0.882</t>
+    <t>0.88</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800130</t>
-[...8 lines deleted...]
-    <t>16.85</t>
+    <t>7300120</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 220</t>
+  </si>
+  <si>
+    <t>744.08</t>
+  </si>
+  <si>
+    <t>1455.29</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.3</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800273</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>1.42</t>
+  </si>
+  <si>
+    <t>2.78</t>
+  </si>
+  <si>
+    <t>100 гр.</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900065</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 5W-30</t>
+  </si>
+  <si>
+    <t>1488.89</t>
+  </si>
+  <si>
+    <t>2912.02</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4</t>
+  </si>
+  <si>
+    <t>7300139</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 100</t>
+  </si>
+  <si>
+    <t>808.27</t>
+  </si>
+  <si>
+    <t>1580.84</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300140</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 15W-40</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>39.96</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.41</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7300137</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 10W</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>167.40</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300138</t>
+  </si>
+  <si>
+    <t>Gazpromneft TO-4 30</t>
+  </si>
+  <si>
+    <t>91.8</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>CF/CF-2</t>
+  </si>
+  <si>
+    <t>7300133</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 75W-90</t>
+  </si>
+  <si>
+    <t>1227.26</t>
+  </si>
+  <si>
+    <t>2400.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.35</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7300135</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra 5W-30</t>
+  </si>
+  <si>
+    <t>1028.46</t>
+  </si>
+  <si>
+    <t>2011.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800277</t>
+  </si>
+  <si>
+    <t>Литол</t>
+  </si>
+  <si>
+    <t>782.73</t>
+  </si>
+  <si>
+    <t>1530.89</t>
+  </si>
+  <si>
+    <t>170 кг.</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900063</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth 5W-40</t>
+  </si>
+  <si>
+    <t>33.5</t>
+  </si>
+  <si>
+    <t>65.52</t>
   </si>
   <si>
     <t>4 л.</t>
   </si>
   <si>
-    <t>3.526</t>
+    <t>3.42</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800286</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 4T 30</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>6.71</t>
+  </si>
+  <si>
+    <t>800 мл.</t>
+  </si>
+  <si>
+    <t>0.71</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800078</t>
-[...8 lines deleted...]
-    <t>646.07</t>
+    <t>7300142</t>
+  </si>
+  <si>
+    <t>G-Energy Premium C3 5W-30</t>
+  </si>
+  <si>
+    <t>32.56</t>
+  </si>
+  <si>
+    <t>63.68</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7300128</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-30</t>
+  </si>
+  <si>
+    <t>902.68</t>
+  </si>
+  <si>
+    <t>1765.49</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
+    <t>177.74</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4</t>
+  </si>
+  <si>
+    <t>7300127</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-30</t>
+  </si>
+  <si>
+    <t>92.27</t>
+  </si>
+  <si>
+    <t>180.46</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.34</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4</t>
+  </si>
+  <si>
+    <t>7300129</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 10W-40</t>
+  </si>
+  <si>
+    <t>102.15</t>
+  </si>
+  <si>
+    <t>199.79</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4</t>
+  </si>
+  <si>
+    <t>7300131</t>
+  </si>
+  <si>
+    <t>Gazpromneft X Diesel E9 15W-40</t>
+  </si>
+  <si>
+    <t>106.3</t>
+  </si>
+  <si>
+    <t>207.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7300148</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>4.41</t>
+  </si>
+  <si>
+    <t>8.63</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300149</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>17.12</t>
+  </si>
+  <si>
+    <t>33.48</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.55</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300150</t>
+  </si>
+  <si>
+    <t>Gazpromneft Super 20W-50</t>
+  </si>
+  <si>
+    <t>21.4</t>
+  </si>
+  <si>
+    <t>41.85</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7300136</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF Suffix A</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900067</t>
+  </si>
+  <si>
+    <t>G-Energy F Synth 5W-40</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7800290</t>
+  </si>
+  <si>
+    <t>Gazpromneft PS Fluid</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>8.10</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300156</t>
+  </si>
+  <si>
+    <t>Газпромнефть Антифриз SF12+ 40</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>5.50</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1.07</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900068</t>
+  </si>
+  <si>
+    <t>G-Box ATF Far East</t>
+  </si>
+  <si>
+    <t>8.3</t>
+  </si>
+  <si>
+    <t>16.23</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900069</t>
+  </si>
+  <si>
+    <t>G-Box DCT</t>
+  </si>
+  <si>
+    <t>11.82</t>
+  </si>
+  <si>
+    <t>23.12</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800292</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium A5B5 5W-30</t>
+  </si>
+  <si>
+    <t>6.28</t>
+  </si>
+  <si>
+    <t>12.28</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800288</t>
+  </si>
+  <si>
+    <t>Gazpromneft Compressor Oil 460</t>
+  </si>
+  <si>
+    <t>697.14</t>
+  </si>
+  <si>
+    <t>1363.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Компресорно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7300147</t>
+  </si>
+  <si>
+    <t>Gazpromneft Screenwash Summer</t>
+  </si>
+  <si>
+    <t>1.82</t>
+  </si>
+  <si>
+    <t>3.56</t>
+  </si>
+  <si>
+    <t>3 л.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7900070</t>
+  </si>
+  <si>
+    <t>G-Energy Synthetic Extra Life 5W-30</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>24.92</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>7800294</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium A5B5 5W-30</t>
+  </si>
+  <si>
+    <t>23.26</t>
+  </si>
+  <si>
+    <t>45.49</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.41</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800296</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>66.96</t>
+  </si>
+  <si>
+    <t>130.96</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.7</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800509</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 15W-40</t>
+  </si>
+  <si>
+    <t>658.49</t>
+  </si>
+  <si>
+    <t>1287.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800537</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 20W-50</t>
+  </si>
+  <si>
+    <t>668.16</t>
+  </si>
+  <si>
+    <t>1306.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800503</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 10W-40</t>
+  </si>
+  <si>
+    <t>808.96</t>
+  </si>
+  <si>
+    <t>1582.19</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800508</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Premium 15W-40</t>
+  </si>
+  <si>
+    <t>786.87</t>
+  </si>
+  <si>
+    <t>1538.98</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7800534</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 10W-40</t>
+  </si>
+  <si>
+    <t>748.91</t>
+  </si>
+  <si>
+    <t>1464.74</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800535</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 15W-40</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>1410.76</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800536</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Prioritet 20W-50</t>
+  </si>
+  <si>
+    <t>731.66</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SJ/CH-4</t>
+  </si>
+  <si>
+    <t>7800516</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra LA 10W-40</t>
+  </si>
+  <si>
+    <t>1021.56</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800538</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Ultra Plus 10W-40</t>
+  </si>
+  <si>
+    <t>913.61</t>
+  </si>
+  <si>
+    <t>1786.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7800531</t>
+  </si>
+  <si>
+    <t>М-10В2</t>
+  </si>
+  <si>
+    <t>549.44</t>
+  </si>
+  <si>
+    <t>1074.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CB</t>
+  </si>
+  <si>
+    <t>7800522</t>
+  </si>
+  <si>
+    <t>М-10Г2к</t>
+  </si>
+  <si>
+    <t>553.5</t>
+  </si>
+  <si>
+    <t>1082.55</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>7800514</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 5W-40</t>
+  </si>
+  <si>
+    <t>813.11</t>
+  </si>
+  <si>
+    <t>1590.30</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800510</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 10W-40</t>
+  </si>
+  <si>
+    <t>648.82</t>
+  </si>
+  <si>
+    <t>1268.98</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800515</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 15W-40</t>
+  </si>
+  <si>
+    <t>615.69</t>
+  </si>
+  <si>
+    <t>1204.18</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
     <t>180</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7800504</t>
+  </si>
+  <si>
+    <t>Gazpromneft Standard 20W-50</t>
+  </si>
+  <si>
+    <t>647.45</t>
+  </si>
+  <si>
+    <t>1266.30</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7500503</t>
+  </si>
+  <si>
+    <t>617.07</t>
+  </si>
+  <si>
+    <t>1206.88</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800506</t>
+  </si>
+  <si>
+    <t>Gazpromneft Moto 2T</t>
+  </si>
+  <si>
+    <t>633.65</t>
+  </si>
+  <si>
+    <t>1239.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800532</t>
+  </si>
+  <si>
+    <t>Gazpromneft Form Oil 135</t>
+  </si>
+  <si>
+    <t>661.26</t>
+  </si>
+  <si>
+    <t>1293.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Кофражно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800520</t>
+  </si>
+  <si>
+    <t>И-12А</t>
+  </si>
+  <si>
+    <t>549.71</t>
+  </si>
+  <si>
+    <t>1075.14</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800533</t>
+  </si>
+  <si>
+    <t>И-20А</t>
+  </si>
+  <si>
+    <t>559.1</t>
+  </si>
+  <si>
+    <t>1093.50</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800521</t>
+  </si>
+  <si>
+    <t>И-40А</t>
+  </si>
+  <si>
+    <t>562.55</t>
+  </si>
+  <si>
+    <t>1100.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800512</t>
+  </si>
+  <si>
+    <t>Gazpromneft HTO 32</t>
+  </si>
+  <si>
+    <t>725.45</t>
+  </si>
+  <si>
+    <t>1418.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800525</t>
+  </si>
+  <si>
+    <t>Термойл 16</t>
+  </si>
+  <si>
+    <t>733.73</t>
+  </si>
+  <si>
+    <t>1435.05</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800527</t>
+  </si>
+  <si>
+    <t>Gazpromneft Slide Way 68</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>1482.30</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800505</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 460</t>
+  </si>
+  <si>
+    <t>793.79</t>
+  </si>
+  <si>
+    <t>1552.52</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800541</t>
+  </si>
+  <si>
+    <t>Газпромнефть Редуктор ИТД 68</t>
+  </si>
+  <si>
+    <t>686.1</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800501</t>
+  </si>
+  <si>
+    <t>697.14</t>
+  </si>
+  <si>
+    <t>1363.49</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800540</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>1410.76</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800530</t>
+  </si>
+  <si>
+    <t>Gazpromneft ATF DX II</t>
+  </si>
+  <si>
+    <t>818.63</t>
+  </si>
+  <si>
+    <t>1601.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800500</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-1 90</t>
+  </si>
+  <si>
+    <t>625.78</t>
+  </si>
+  <si>
+    <t>1223.92</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7800507</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 90</t>
+  </si>
+  <si>
+    <t>705.43</t>
+  </si>
+  <si>
+    <t>1379.70</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800511</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 80W-90</t>
+  </si>
+  <si>
+    <t>687.62</t>
+  </si>
+  <si>
+    <t>1344.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800523</t>
+  </si>
+  <si>
+    <t>ТСп-15К</t>
+  </si>
+  <si>
+    <t>700.33</t>
+  </si>
+  <si>
+    <t>1369.73</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-3</t>
+  </si>
+  <si>
+    <t>7800517</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 32</t>
+  </si>
+  <si>
+    <t>549.44</t>
+  </si>
+  <si>
+    <t>1074.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800518</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 46</t>
+  </si>
+  <si>
+    <t>551.5</t>
+  </si>
+  <si>
+    <t>1078.64</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800519</t>
+  </si>
+  <si>
+    <t>Газпромнефть Хидравлик 68</t>
+  </si>
+  <si>
+    <t>561.72</t>
+  </si>
+  <si>
+    <t>1098.63</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800513</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 46</t>
+  </si>
+  <si>
+    <t>579.81</t>
+  </si>
+  <si>
+    <t>1134.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800528</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 68</t>
+  </si>
+  <si>
+    <t>599.13</t>
+  </si>
+  <si>
+    <t>1171.80</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800529</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 32</t>
+  </si>
+  <si>
+    <t>728.2</t>
+  </si>
+  <si>
+    <t>1424.24</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800502</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 46</t>
+  </si>
+  <si>
+    <t>689.55</t>
+  </si>
+  <si>
+    <t>1348.64</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800526</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HZF 46</t>
+  </si>
+  <si>
+    <t>633.92</t>
+  </si>
+  <si>
+    <t>1239.84</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800539</t>
+  </si>
+  <si>
+    <t>МГЕ-46В</t>
+  </si>
+  <si>
+    <t>652.28</t>
+  </si>
+  <si>
+    <t>1275.75</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500500</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>1198.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500501</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>1198.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7500502</t>
+  </si>
+  <si>
+    <t>612.94</t>
+  </si>
+  <si>
+    <t>1198.81</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800524</t>
+  </si>
+  <si>
+    <t>Gazpromneft Cutoil GR 10</t>
+  </si>
+  <si>
+    <t>876.61</t>
+  </si>
+  <si>
+    <t>1714.50</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000070</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 150</t>
+  </si>
+  <si>
+    <t>800.69</t>
+  </si>
+  <si>
+    <t>1566.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.93</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000082</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 150</t>
+  </si>
+  <si>
+    <t>85.59</t>
+  </si>
+  <si>
+    <t>167.40</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.85</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000069</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 40</t>
+  </si>
+  <si>
+    <t>427.95</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000068</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 85W-140</t>
+  </si>
+  <si>
+    <t>95.94</t>
+  </si>
+  <si>
+    <t>187.64</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.09</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000027</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 85W-140</t>
+  </si>
+  <si>
+    <t>931.14</t>
+  </si>
+  <si>
+    <t>1821.15</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>185.45</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7000066</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>8.37</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000067</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>16.56</t>
+  </si>
+  <si>
+    <t>32.39</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000065</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>735.8</t>
+  </si>
+  <si>
+    <t>1439.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000063</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 10W-40</t>
+  </si>
+  <si>
+    <t>19.05</t>
+  </si>
+  <si>
+    <t>37.26</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000051</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 220</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>1474.21</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>183.66</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000050</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>545.29</t>
+  </si>
+  <si>
+    <t>1066.49</t>
+  </si>
+  <si>
+    <t>220 кг.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000008</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>31.75</t>
+  </si>
+  <si>
+    <t>62.10</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>11.21</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000014</t>
+  </si>
+  <si>
+    <t>NISOTEC ANTIFRIZ S 100</t>
+  </si>
+  <si>
+    <t>3.17</t>
+  </si>
+  <si>
+    <t>6.20</t>
+  </si>
+  <si>
+    <t>1 кг.</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Антифриз</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000045</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS SAE 15W-40</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>34.17</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000015</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS SAE 15W-40</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>8.61</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000046</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT PLUS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>90.69</t>
+  </si>
+  <si>
+    <t>177.37</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000016</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT PLUS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>1660.50</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000047</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>262.02</t>
+  </si>
+  <si>
+    <t>512.47</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>53.22</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
     <t>SG/CD</t>
   </si>
   <si>
-    <t>7800034</t>
-[...2 lines deleted...]
-    <t>Gazpromneft Standard 20W-50</t>
+    <t>7000062</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>21.26</t>
+  </si>
+  <si>
+    <t>41.58</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000036</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>4.48</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000037</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 20W-50</t>
+  </si>
+  <si>
+    <t>17.19</t>
   </si>
   <si>
     <t>33.62</t>
   </si>
   <si>
-    <t>17.19</t>
-[...1 lines deleted...]
-  <si>
     <t>4 л.</t>
   </si>
   <si>
-    <t>3.548</t>
+    <t>3.52</t>
   </si>
   <si>
     <t>Моторно масло</t>
   </si>
   <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000056</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>5.39</t>
+  </si>
+  <si>
+    <t>10.54</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000059</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>23.61</t>
+  </si>
+  <si>
+    <t>46.18</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000032</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-40</t>
+  </si>
+  <si>
+    <t>19.18</t>
+  </si>
+  <si>
+    <t>37.51</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000048</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>8.10</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
     <t>SF/CC</t>
   </si>
   <si>
-    <t>7800214</t>
-[...8 lines deleted...]
-    <t>93.46</t>
+    <t>7000064</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>18.43</t>
+  </si>
+  <si>
+    <t>36.05</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7000038</t>
+  </si>
+  <si>
+    <t>NISOTEC MOTOR OIL SF SAE 15W-40</t>
+  </si>
+  <si>
+    <t>15.53</t>
+  </si>
+  <si>
+    <t>30.37</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.49</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CC</t>
+  </si>
+  <si>
+    <t>7000049</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT SAE 15W-40</t>
+  </si>
+  <si>
+    <t>89.73</t>
+  </si>
+  <si>
+    <t>175.50</t>
   </si>
   <si>
     <t>20 л.</t>
   </si>
   <si>
-    <t>18.42</t>
+    <t>17.56</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7000052</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 68</t>
+  </si>
+  <si>
+    <t>757.89</t>
+  </si>
+  <si>
+    <t>1482.30</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.41</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000073</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 68</t>
+  </si>
+  <si>
+    <t>72.2</t>
+  </si>
+  <si>
+    <t>141.21</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.6</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000053</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>4.97</t>
+  </si>
+  <si>
+    <t>9.72</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000054</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>18.5</t>
+  </si>
+  <si>
+    <t>36.18</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000060</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOGAS LPG/CNG SAE 10W-40</t>
+  </si>
+  <si>
+    <t>23.06</t>
+  </si>
+  <si>
+    <t>45.10</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000055</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT EURO SAE 10W-40</t>
+  </si>
+  <si>
+    <t>1145.8</t>
+  </si>
+  <si>
+    <t>2240.99</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CI-4</t>
+  </si>
+  <si>
+    <t>7000039</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT EURO SAE 10W-40</t>
+  </si>
+  <si>
+    <t>120.1</t>
+  </si>
+  <si>
+    <t>234.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.21</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CI-4</t>
+  </si>
+  <si>
+    <t>7000057</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-30</t>
+  </si>
+  <si>
+    <t>29.54</t>
+  </si>
+  <si>
+    <t>57.78</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000074</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-30</t>
+  </si>
+  <si>
+    <t>6.56</t>
+  </si>
+  <si>
+    <t>12.83</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000058</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>29.61</t>
+  </si>
+  <si>
+    <t>57.91</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000031</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>6.49</t>
+  </si>
+  <si>
+    <t>12.69</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000071</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SINT SAE 5W-40</t>
+  </si>
+  <si>
+    <t>25.06</t>
+  </si>
+  <si>
+    <t>49.01</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000061</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>21.4</t>
+  </si>
+  <si>
+    <t>41.85</t>
+  </si>
+  <si>
+    <t>5 л.</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000033</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000034</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 10W-40</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>34.31</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.49</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000035</t>
+  </si>
+  <si>
+    <t>NISOTEC UNIVERSAL SAE 15W-40</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>72.37</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CD</t>
+  </si>
+  <si>
+    <t>7000024</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>1205.17</t>
+  </si>
+  <si>
+    <t>2357.11</t>
+  </si>
+  <si>
+    <t>1000 л.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000000</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>7.59</t>
+  </si>
+  <si>
+    <t>14.84</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000092</t>
+  </si>
+  <si>
+    <t>NISOTEC AdBlue</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>24.15</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000040</t>
+  </si>
+  <si>
+    <t>NISOTEC SUPER LONG SAE 20W-50</t>
+  </si>
+  <si>
+    <t>84.21</t>
+  </si>
+  <si>
+    <t>164.70</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.74</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4/CG-4/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7000030</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE PS SAE 10W-40</t>
+  </si>
+  <si>
+    <t>286.86</t>
+  </si>
+  <si>
+    <t>561.05</t>
+  </si>
+  <si>
+    <t>60 л.</t>
+  </si>
+  <si>
+    <t>52.26</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CF</t>
+  </si>
+  <si>
+    <t>7000011</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 32</t>
+  </si>
+  <si>
+    <t>574.28</t>
+  </si>
+  <si>
+    <t>1123.19</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.69</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000004</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 32</t>
+  </si>
+  <si>
+    <t>62.82</t>
+  </si>
+  <si>
+    <t>122.87</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.43</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000003</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>32.86</t>
+  </si>
+  <si>
+    <t>64.27</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.66</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000012</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>579.81</t>
+  </si>
+  <si>
+    <t>1134.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000005</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 46</t>
+  </si>
+  <si>
+    <t>63.5</t>
+  </si>
+  <si>
+    <t>124.20</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000028</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 68</t>
+  </si>
+  <si>
+    <t>599.13</t>
+  </si>
+  <si>
+    <t>1171.80</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.39</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000001</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HM 100</t>
+  </si>
+  <si>
+    <t>740.22</t>
+  </si>
+  <si>
+    <t>1447.74</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181.29</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000021</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 22</t>
+  </si>
+  <si>
+    <t>766.17</t>
+  </si>
+  <si>
+    <t>1498.50</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.07</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000044</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 46</t>
+  </si>
+  <si>
+    <t>689.55</t>
+  </si>
+  <si>
+    <t>1348.64</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.13</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000077</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 46</t>
+  </si>
+  <si>
+    <t>72.48</t>
+  </si>
+  <si>
+    <t>141.76</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000026</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-30</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000091</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTOLINE SAE 5W-30</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>39.96</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000007</t>
+  </si>
+  <si>
+    <t>NISOTEC STAZOL 150</t>
+  </si>
+  <si>
+    <t>827.32</t>
+  </si>
+  <si>
+    <t>1618.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.66</t>
+  </si>
+  <si>
+    <t>Индустриално масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000041</t>
+  </si>
+  <si>
+    <t>NISOTEC DIZEL S-3 SAE 20W-50</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>156.60</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.67</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SF/CD</t>
+  </si>
+  <si>
+    <t>7000019</t>
+  </si>
+  <si>
+    <t>NISOTEC 2T</t>
+  </si>
+  <si>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>7000086</t>
+  </si>
+  <si>
+    <t>NISOTEC 2T</t>
+  </si>
+  <si>
+    <t>2.9</t>
+  </si>
+  <si>
+    <t>5.67</t>
+  </si>
+  <si>
+    <t>0.5 л.</t>
+  </si>
+  <si>
+    <t>0.44</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>7000022</t>
+  </si>
+  <si>
+    <t>NISOTEC OPLATOL</t>
+  </si>
+  <si>
+    <t>661.26</t>
+  </si>
+  <si>
+    <t>1293.31</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.06</t>
+  </si>
+  <si>
+    <t>Кофражно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000029</t>
+  </si>
+  <si>
+    <t>NISOTEC TERMOL 32</t>
+  </si>
+  <si>
+    <t>725.45</t>
+  </si>
+  <si>
+    <t>1418.86</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.46</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000020</t>
+  </si>
+  <si>
+    <t>NISOTEC TRAKTOL 80</t>
+  </si>
+  <si>
+    <t>88.36</t>
+  </si>
+  <si>
+    <t>172.82</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.61</t>
+  </si>
+  <si>
+    <t>Трансмисионно-Хидравлично масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000002</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF DII</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>9.68</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
   </si>
   <si>
     <t>Трансмисионно масло</t>
   </si>
   <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000072</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF DII</t>
+  </si>
+  <si>
+    <t>823.19</t>
+  </si>
+  <si>
+    <t>1610.02</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177.51</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000043</t>
+  </si>
+  <si>
+    <t>NISOTEC GL-1 SAE 140</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>156.60</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>18.04</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7000042</t>
+  </si>
+  <si>
+    <t>NISOTEC GL-1 SAE 90</t>
+  </si>
+  <si>
+    <t>74.55</t>
+  </si>
+  <si>
+    <t>145.81</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.85</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-1</t>
+  </si>
+  <si>
+    <t>7000009</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>41.13</t>
+  </si>
+  <si>
+    <t>80.44</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000010</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>4.46</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000075</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 90</t>
+  </si>
+  <si>
+    <t>17.5</t>
+  </si>
+  <si>
+    <t>34.23</t>
+  </si>
+  <si>
+    <t>4 л.</t>
+  </si>
+  <si>
+    <t>3.6</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000006</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 80W-90</t>
+  </si>
+  <si>
+    <t>4.56</t>
+  </si>
+  <si>
+    <t>8.92</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000013</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 80W-90</t>
+  </si>
+  <si>
+    <t>791.02</t>
+  </si>
+  <si>
+    <t>1547.10</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>182.5</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000017</t>
+  </si>
+  <si>
+    <t>NISOTEC 4T MOTO SAE 20W-50</t>
+  </si>
+  <si>
+    <t>4.74</t>
+  </si>
+  <si>
+    <t>9.27</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>7000018</t>
+  </si>
+  <si>
+    <t>NISOTEC 4T GARDEN</t>
+  </si>
+  <si>
+    <t>4.7</t>
+  </si>
+  <si>
+    <t>9.19</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7000023</t>
+  </si>
+  <si>
+    <t>NISOTEC CLEANER EXTRA</t>
+  </si>
+  <si>
+    <t>34.1</t>
+  </si>
+  <si>
+    <t>66.69</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.05</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000025</t>
+  </si>
+  <si>
+    <t>NISOTEC AUTO GLASS SUMMER</t>
+  </si>
+  <si>
+    <t>1.66</t>
+  </si>
+  <si>
+    <t>3.25</t>
+  </si>
+  <si>
+    <t>2 л.</t>
+  </si>
+  <si>
+    <t>1.99</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000079</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 15W-40</t>
+  </si>
+  <si>
+    <t>1038.12</t>
+  </si>
+  <si>
+    <t>2030.39</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178.14</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000081</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 15W-40</t>
+  </si>
+  <si>
+    <t>106.3</t>
+  </si>
+  <si>
+    <t>207.90</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.38</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000080</t>
+  </si>
+  <si>
+    <t>NISOTEC REDOL 68</t>
+  </si>
+  <si>
+    <t>686.1</t>
+  </si>
+  <si>
+    <t>1341.89</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.42</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000076</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF SUFFIX A</t>
+  </si>
+  <si>
+    <t>721.31</t>
+  </si>
+  <si>
+    <t>1410.76</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179.08</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000090</t>
+  </si>
+  <si>
+    <t>NISOTEC ATF SUFFIX A</t>
+  </si>
+  <si>
+    <t>40.73</t>
+  </si>
+  <si>
+    <t>79.66</t>
+  </si>
+  <si>
+    <t>10 л.</t>
+  </si>
+  <si>
+    <t>8.74</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000078</t>
+  </si>
+  <si>
+    <t>NISOTEC HIDROL HV 68</t>
+  </si>
+  <si>
+    <t>689.28</t>
+  </si>
+  <si>
+    <t>1348.11</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180.05</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000087</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO GL-4 SAE 75W-90</t>
+  </si>
+  <si>
+    <t>6.83</t>
+  </si>
+  <si>
+    <t>13.36</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7000084</t>
+  </si>
+  <si>
+    <t>NISOTEC FAVORIT E9 SAE 10W-40</t>
+  </si>
+  <si>
+    <t>1099.28</t>
+  </si>
+  <si>
+    <t>2150</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175.69</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SN/CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7000094</t>
+  </si>
+  <si>
+    <t>NISOTEC SUPER LONG SAE 15W-40</t>
+  </si>
+  <si>
+    <t>80.76</t>
+  </si>
+  <si>
+    <t>157.95</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4/CG-4/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7000088</t>
+  </si>
+  <si>
+    <t>NISOTEC TESTEROL</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>8.51</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.92</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7000089</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 75W-90</t>
+  </si>
+  <si>
+    <t>141.49</t>
+  </si>
+  <si>
+    <t>276.73</t>
+  </si>
+  <si>
+    <t>20 л.</t>
+  </si>
+  <si>
+    <t>17.16</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
     <t>GL-5</t>
   </si>
   <si>
-    <t>7800215</t>
-[...8 lines deleted...]
-    <t>881.72</t>
+    <t>7000093</t>
+  </si>
+  <si>
+    <t>NISOTEC HIPO EP SAE 80W-90</t>
+  </si>
+  <si>
+    <t>4.7</t>
+  </si>
+  <si>
+    <t>9.19</t>
+  </si>
+  <si>
+    <t>1 л.</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
+    <t>GL-5</t>
+  </si>
+  <si>
+    <t>7800546</t>
+  </si>
+  <si>
+    <t>Gazpromneft Grease L EP 2</t>
+  </si>
+  <si>
+    <t>1235.53</t>
+  </si>
+  <si>
+    <t>2416.49</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Грес</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800553</t>
+  </si>
+  <si>
+    <t>Gazpromneft Ecogas 10W-40</t>
+  </si>
+  <si>
+    <t>773.08</t>
+  </si>
+  <si>
+    <t>1512.01</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7900502</t>
+  </si>
+  <si>
+    <t>G-Profi GT 10W-40</t>
+  </si>
+  <si>
+    <t>998.84</t>
+  </si>
+  <si>
+    <t>1953.56</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CI-4</t>
+  </si>
+  <si>
+    <t>7900503</t>
+  </si>
+  <si>
+    <t>G-Profi MSH 15W-40</t>
+  </si>
+  <si>
+    <t>909.08</t>
+  </si>
+  <si>
+    <t>1778.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CH-4</t>
+  </si>
+  <si>
+    <t>7900504</t>
+  </si>
+  <si>
+    <t>G-Profi MSI Plus 15W-40</t>
+  </si>
+  <si>
+    <t>837.49</t>
+  </si>
+  <si>
+    <t>1637.99</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CI-4</t>
+  </si>
+  <si>
+    <t>7900501</t>
+  </si>
+  <si>
+    <t>G-Profi MSK 15W-40</t>
+  </si>
+  <si>
+    <t>1130.98</t>
+  </si>
+  <si>
+    <t>2212</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>CK-4/CJ-4</t>
+  </si>
+  <si>
+    <t>7800555</t>
+  </si>
+  <si>
+    <t>Gazpromneft Diesel Extra 10W-40</t>
+  </si>
+  <si>
+    <t>664.01</t>
+  </si>
+  <si>
+    <t>1298.69</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SG/CF-4/CF</t>
+  </si>
+  <si>
+    <t>7800551</t>
+  </si>
+  <si>
+    <t>Gazpromneft Premium L 10W-40</t>
+  </si>
+  <si>
+    <t>766.87</t>
+  </si>
+  <si>
+    <t>1499.87</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Моторно масло</t>
+  </si>
+  <si>
+    <t>SL/CF</t>
+  </si>
+  <si>
+    <t>7800542</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 150</t>
+  </si>
+  <si>
+    <t>800.69</t>
+  </si>
+  <si>
+    <t>1566.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800543</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 220</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>1474.21</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800544</t>
+  </si>
+  <si>
+    <t>Gazpromneft Reductor CLP 320</t>
+  </si>
+  <si>
+    <t>753.75</t>
+  </si>
+  <si>
+    <t>1474.21</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
     <t>185</t>
   </si>
   <si>
+    <t>Редукторно масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800549</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-4 80W-85</t>
+  </si>
+  <si>
+    <t>745.47</t>
+  </si>
+  <si>
+    <t>1458.01</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
     <t>Трансмисионно масло</t>
   </si>
   <si>
+    <t>GL-4</t>
+  </si>
+  <si>
+    <t>7800554</t>
+  </si>
+  <si>
+    <t>Gazpromneft GL-5 80W-90</t>
+  </si>
+  <si>
+    <t>769.62</t>
+  </si>
+  <si>
+    <t>1505.25</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Трансмисионно масло</t>
+  </si>
+  <si>
     <t>GL-5</t>
   </si>
   <si>
-    <t>7800262</t>
-[...17 lines deleted...]
-    <t>Масло за промивка</t>
+    <t>7800552</t>
+  </si>
+  <si>
+    <t>Тп-30</t>
+  </si>
+  <si>
+    <t>687.49</t>
+  </si>
+  <si>
+    <t>1344.61</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>Турбинно масло</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>7800003</t>
-[...14 lines deleted...]
-    <t>0.15</t>
+    <t>7800547</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HLP 32</t>
+  </si>
+  <si>
+    <t>574.28</t>
+  </si>
+  <si>
+    <t>1123.19</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800548</t>
+  </si>
+  <si>
+    <t>Gazpromneft Hydraulic HVLP 15</t>
+  </si>
+  <si>
+    <t>755.27</t>
+  </si>
+  <si>
+    <t>1477.18</t>
+  </si>
+  <si>
+    <t>205 л.</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>Хидравлично масло</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>7800545</t>
+  </si>
+  <si>
+    <t>Gazpromneft Steelgrease CS 2</t>
+  </si>
+  <si>
+    <t>1062.98</t>
+  </si>
+  <si>
+    <t>2079.01</t>
+  </si>
+  <si>
+    <t>180 кг.</t>
+  </si>
+  <si>
+    <t>180</t>
   </si>
   <si>
     <t>Грес</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>7800004</t>
-[...8737 lines deleted...]
-  <si>
     <t>7900500</t>
   </si>
   <si>
     <t>G-Special UTTO 10W-30</t>
   </si>
   <si>
+    <t>923.4</t>
+  </si>
+  <si>
     <t>1806.01</t>
-  </si>
-[...1 lines deleted...]
-    <t>923.40</t>
   </si>
   <si>
     <t>205 л.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Трансмисионно-Хидравлично масло</t>
   </si>
   <si>
     <t>GL-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
@@ -12550,104 +12550,104 @@
         <v>958</v>
       </c>
       <c r="H120" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>960</v>
       </c>
       <c r="B121" t="s">
         <v>961</v>
       </c>
       <c r="C121" t="s">
         <v>962</v>
       </c>
       <c r="D121" t="s">
         <v>963</v>
       </c>
       <c r="E121" t="s">
         <v>964</v>
       </c>
       <c r="F121" t="s">
         <v>965</v>
       </c>
-      <c r="G121" t="s">
+      <c r="G121">
+        <v/>
+      </c>
+      <c r="H121" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>967</v>
+      </c>
+      <c r="B122" t="s">
         <v>968</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
         <v>969</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>970</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
         <v>971</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>972</v>
       </c>
-      <c r="F122" t="s">
+      <c r="G122" t="s">
         <v>973</v>
       </c>
-      <c r="G122" t="s">
+      <c r="H122" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>975</v>
+      </c>
+      <c r="B123" t="s">
         <v>976</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C123" t="s">
         <v>977</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>978</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
         <v>979</v>
       </c>
-      <c r="E123" t="s">
+      <c r="F123" t="s">
         <v>980</v>
       </c>
-      <c r="F123" t="s">
+      <c r="G123" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H123" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>983</v>
       </c>
       <c r="B124" t="s">
         <v>984</v>
       </c>
       <c r="C124" t="s">
         <v>985</v>
       </c>
       <c r="D124" t="s">
         <v>986</v>
       </c>
       <c r="E124" t="s">
         <v>987</v>
       </c>
       <c r="F124" t="s">
         <v>988</v>
       </c>
       <c r="G124" t="s">
@@ -13694,130 +13694,130 @@
         <v>1309</v>
       </c>
       <c r="H164" t="s">
         <v>1310</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
         <v>1311</v>
       </c>
       <c r="B165" t="s">
         <v>1312</v>
       </c>
       <c r="C165" t="s">
         <v>1313</v>
       </c>
       <c r="D165" t="s">
         <v>1314</v>
       </c>
       <c r="E165" t="s">
         <v>1315</v>
       </c>
       <c r="F165" t="s">
         <v>1316</v>
       </c>
-      <c r="G165" t="s">
+      <c r="G165">
+        <v/>
+      </c>
+      <c r="H165" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B166" t="s">
         <v>1319</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" t="s">
         <v>1320</v>
       </c>
-      <c r="C166" t="s">
+      <c r="D166" t="s">
         <v>1321</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" t="s">
         <v>1322</v>
       </c>
-      <c r="E166" t="s">
+      <c r="F166" t="s">
         <v>1323</v>
       </c>
-      <c r="F166" t="s">
+      <c r="G166" t="s">
         <v>1324</v>
       </c>
-      <c r="G166" t="s">
+      <c r="H166" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B167" t="s">
         <v>1327</v>
       </c>
-      <c r="B167" t="s">
+      <c r="C167" t="s">
         <v>1328</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>1329</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
         <v>1330</v>
       </c>
-      <c r="E167" t="s">
+      <c r="F167" t="s">
         <v>1331</v>
       </c>
-      <c r="F167" t="s">
+      <c r="G167" t="s">
         <v>1332</v>
       </c>
-      <c r="G167" t="s">
+      <c r="H167" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B168" t="s">
         <v>1335</v>
       </c>
-      <c r="B168" t="s">
+      <c r="C168" t="s">
         <v>1336</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>1337</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" t="s">
         <v>1338</v>
       </c>
-      <c r="E168" t="s">
+      <c r="F168" t="s">
         <v>1339</v>
       </c>
-      <c r="F168" t="s">
+      <c r="G168" t="s">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H168" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
         <v>1342</v>
       </c>
       <c r="B169" t="s">
         <v>1343</v>
       </c>
       <c r="C169" t="s">
         <v>1344</v>
       </c>
       <c r="D169" t="s">
         <v>1345</v>
       </c>
       <c r="E169" t="s">
         <v>1346</v>
       </c>
       <c r="F169" t="s">
         <v>1347</v>
       </c>
       <c r="G169" t="s">
@@ -15577,93 +15577,93 @@
         <v>1887</v>
       </c>
       <c r="C237" t="s">
         <v>1888</v>
       </c>
       <c r="D237" t="s">
         <v>1889</v>
       </c>
       <c r="E237" t="s">
         <v>1890</v>
       </c>
       <c r="F237" t="s">
         <v>1891</v>
       </c>
       <c r="G237" t="s">
         <v>1892</v>
       </c>
       <c r="H237" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
         <v>1894</v>
       </c>
-      <c r="B238" t="s">
+      <c r="B238">
+        <v/>
+      </c>
+      <c r="C238" t="s">
         <v>1895</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>1896</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" t="s">
         <v>1897</v>
       </c>
-      <c r="E238" t="s">
+      <c r="F238" t="s">
         <v>1898</v>
       </c>
-      <c r="F238" t="s">
+      <c r="G238">
+        <v/>
+      </c>
+      <c r="H238" t="s">
         <v>1899</v>
-      </c>
-[...4 lines deleted...]
-        <v>1901</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C239" t="s">
         <v>1902</v>
       </c>
-      <c r="B239">
-[...2 lines deleted...]
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>1903</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" t="s">
         <v>1904</v>
       </c>
-      <c r="E239" t="s">
+      <c r="F239" t="s">
         <v>1905</v>
       </c>
-      <c r="F239" t="s">
+      <c r="G239" t="s">
         <v>1906</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H239" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
         <v>1908</v>
       </c>
       <c r="B240" t="s">
         <v>1909</v>
       </c>
       <c r="C240" t="s">
         <v>1910</v>
       </c>
       <c r="D240" t="s">
         <v>1911</v>
       </c>
       <c r="E240" t="s">
         <v>1912</v>
       </c>
       <c r="F240" t="s">
         <v>1913</v>
       </c>
       <c r="G240" t="s">
@@ -15748,78 +15748,78 @@
         <v>1938</v>
       </c>
       <c r="H243" t="s">
         <v>1939</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
         <v>1940</v>
       </c>
       <c r="B244" t="s">
         <v>1941</v>
       </c>
       <c r="C244" t="s">
         <v>1942</v>
       </c>
       <c r="D244" t="s">
         <v>1943</v>
       </c>
       <c r="E244" t="s">
         <v>1944</v>
       </c>
       <c r="F244" t="s">
         <v>1945</v>
       </c>
-      <c r="G244" t="s">
+      <c r="G244">
+        <v/>
+      </c>
+      <c r="H244" t="s">
         <v>1946</v>
-      </c>
-[...1 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B245" t="s">
         <v>1948</v>
       </c>
-      <c r="B245" t="s">
+      <c r="C245" t="s">
         <v>1949</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" t="s">
         <v>1950</v>
       </c>
-      <c r="D245" t="s">
+      <c r="E245" t="s">
         <v>1951</v>
       </c>
-      <c r="E245" t="s">
+      <c r="F245" t="s">
         <v>1952</v>
       </c>
-      <c r="F245" t="s">
+      <c r="G245" t="s">
         <v>1953</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H245" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
         <v>1955</v>
       </c>
       <c r="B246" t="s">
         <v>1956</v>
       </c>
       <c r="C246" t="s">
         <v>1957</v>
       </c>
       <c r="D246" t="s">
         <v>1958</v>
       </c>
       <c r="E246" t="s">
         <v>1959</v>
       </c>
       <c r="F246" t="s">
         <v>1960</v>
       </c>
       <c r="G246" t="s">
@@ -15863,119 +15863,119 @@
         <v>1972</v>
       </c>
       <c r="C248" t="s">
         <v>1973</v>
       </c>
       <c r="D248" t="s">
         <v>1974</v>
       </c>
       <c r="E248" t="s">
         <v>1975</v>
       </c>
       <c r="F248" t="s">
         <v>1976</v>
       </c>
       <c r="G248" t="s">
         <v>1977</v>
       </c>
       <c r="H248" t="s">
         <v>1978</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
         <v>1979</v>
       </c>
-      <c r="B249" t="s">
+      <c r="B249">
+        <v/>
+      </c>
+      <c r="C249" t="s">
         <v>1980</v>
       </c>
-      <c r="C249" t="s">
+      <c r="D249" t="s">
         <v>1981</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" t="s">
         <v>1982</v>
       </c>
-      <c r="E249" t="s">
+      <c r="F249" t="s">
         <v>1983</v>
       </c>
-      <c r="F249" t="s">
+      <c r="G249">
+        <v/>
+      </c>
+      <c r="H249" t="s">
         <v>1984</v>
-      </c>
-[...4 lines deleted...]
-        <v>1986</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="B250">
         <v/>
       </c>
       <c r="C250" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E250" t="s">
         <v>1988</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>1989</v>
-      </c>
-[...4 lines deleted...]
-        <v>1991</v>
       </c>
       <c r="G250">
         <v/>
       </c>
       <c r="H250" t="s">
-        <v>1992</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C251" t="s">
         <v>1993</v>
       </c>
-      <c r="B251">
-[...2 lines deleted...]
-      <c r="C251" t="s">
+      <c r="D251" t="s">
         <v>1994</v>
       </c>
-      <c r="D251" t="s">
+      <c r="E251" t="s">
         <v>1995</v>
       </c>
-      <c r="E251" t="s">
+      <c r="F251" t="s">
         <v>1996</v>
       </c>
-      <c r="F251" t="s">
+      <c r="G251" t="s">
         <v>1997</v>
-      </c>
-[...1 lines deleted...]
-        <v/>
       </c>
       <c r="H251" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
         <v>1999</v>
       </c>
       <c r="B252" t="s">
         <v>2000</v>
       </c>
       <c r="C252" t="s">
         <v>2001</v>
       </c>
       <c r="D252" t="s">
         <v>2002</v>
       </c>
       <c r="E252" t="s">
         <v>2003</v>
       </c>
       <c r="F252" t="s">
         <v>2004</v>
       </c>
       <c r="G252" t="s">